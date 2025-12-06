--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -1,61 +1,66 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gjdgxs" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Настройка обмена данными между 1С:Управление торговлей 8 и 1С:Бухгалтерия предприятия 8 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -339,56 +344,56 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-&gt; вписываем пользователя и пароль (если он есть в бухгалтерии)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="4639405"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="3" name="image2.png"/>
+            <wp:docPr id="3" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="4639405"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -443,56 +448,56 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-&gt; ставим настройки как на изображении</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3597731"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image3.png"/>
+            <wp:docPr id="2" name="image4.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image4.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="3597731"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -535,56 +540,56 @@
         <w:t xml:space="preserve">-&gt; выбираем дату начала выгрзки данных, а так же доументы которые будем выгружать</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="3562784"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image4.png"/>
+            <wp:docPr id="4" name="image2.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image4.png"/>
+                    <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId9"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="3562784"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -776,50 +781,51 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
       <w:pgMar w:bottom="1134" w:top="1134" w:left="1701" w:right="850" w:header="708" w:footer="708"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Calibri"/>
   <w:font w:name="Georgia"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -827,173 +833,181 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>