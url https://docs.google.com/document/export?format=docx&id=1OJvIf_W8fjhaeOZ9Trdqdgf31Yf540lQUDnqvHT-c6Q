--- v0 (2025-11-03)
+++ v1 (2025-11-03)
@@ -3010,56 +3010,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="7010400" cy="3248025"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image002" id="1" name="image1.jpg"/>
+            <wp:docPr descr="image002" id="1" name="image2.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image002" id="0" name="image1.jpg"/>
+                    <pic:cNvPr descr="image002" id="0" name="image2.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7010400" cy="3248025"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3297,56 +3297,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="4210050" cy="2962275"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image004" id="3" name="image2.jpg"/>
+            <wp:docPr descr="image004" id="3" name="image8.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image004" id="0" name="image2.jpg"/>
+                    <pic:cNvPr descr="image004" id="0" name="image8.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4210050" cy="2962275"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3704,56 +3704,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="3905250" cy="1304925"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image006" id="2" name="image7.jpg"/>
+            <wp:docPr descr="image006" id="2" name="image10.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image006" id="0" name="image7.jpg"/>
+                    <pic:cNvPr descr="image006" id="0" name="image10.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3905250" cy="1304925"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -4447,56 +4447,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="3343275" cy="3028950"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image008" id="5" name="image5.jpg"/>
+            <wp:docPr descr="image008" id="5" name="image7.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image008" id="0" name="image5.jpg"/>
+                    <pic:cNvPr descr="image008" id="0" name="image7.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId23"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3343275" cy="3028950"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -4848,56 +4848,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="3705225" cy="3495675"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image010" id="4" name="image8.jpg"/>
+            <wp:docPr descr="image010" id="4" name="image12.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image010" id="0" name="image8.jpg"/>
+                    <pic:cNvPr descr="image010" id="0" name="image12.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3705225" cy="3495675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5029,56 +5029,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="3714750" cy="3505200"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image012" id="7" name="image10.jpg"/>
+            <wp:docPr descr="image012" id="7" name="image3.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image012" id="0" name="image10.jpg"/>
+                    <pic:cNvPr descr="image012" id="0" name="image3.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId25"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3714750" cy="3505200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5155,56 +5155,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="3714750" cy="3495675"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image014" id="6" name="image12.jpg"/>
+            <wp:docPr descr="image014" id="6" name="image6.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image014" id="0" name="image12.jpg"/>
+                    <pic:cNvPr descr="image014" id="0" name="image6.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId26"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3714750" cy="3495675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5636,56 +5636,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="3686175" cy="3505200"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image016" id="9" name="image3.jpg"/>
+            <wp:docPr descr="image016" id="9" name="image4.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image016" id="0" name="image3.jpg"/>
+                    <pic:cNvPr descr="image016" id="0" name="image4.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId27"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3686175" cy="3505200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5942,56 +5942,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="3695700" cy="3495675"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image018" id="8" name="image9.jpg"/>
+            <wp:docPr descr="image018" id="8" name="image1.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image018" id="0" name="image9.jpg"/>
+                    <pic:cNvPr descr="image018" id="0" name="image1.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId28"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3695700" cy="3495675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -6571,56 +6571,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="3695700" cy="3505200"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image022" id="10" name="image4.jpg"/>
+            <wp:docPr descr="image022" id="10" name="image5.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image022" id="0" name="image4.jpg"/>
+                    <pic:cNvPr descr="image022" id="0" name="image5.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId30"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3695700" cy="3505200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -6710,56 +6710,56 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="142" w:right="172" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="0" distR="0">
             <wp:extent cx="3705225" cy="3495675"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr descr="image024" id="11" name="image6.jpg"/>
+            <wp:docPr descr="image024" id="11" name="image9.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="image024" id="0" name="image6.jpg"/>
+                    <pic:cNvPr descr="image024" id="0" name="image9.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId31"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3705225" cy="3495675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -8548,51 +8548,51 @@
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="40.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="40.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="40.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="40.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%9F%D0%BE%D1%81%D0%BB%D0%B5%D0%B4%D0%BE%D0%B2%D0%B0%D1%82%D0%B5%D0%BB%D1%8C%D0%BD%D0%BE%D1%81%D1%82%D1%8C%D0%B7%D0%B0%D0%BF%D1%83%D1%81%D0%BA%D0%B0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%A0%D0%B5%D0%B6%D0%B8%D0%BC%D1%8B%D0%B7%D0%B0%D0%BF%D1%83%D1%81%D0%BA%D0%B0%D1%81%D0%B8%D1%81%D1%82%D0%B5%D0%BC%D1%8B" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%97%D0%B0%D1%89%D0%B8%D1%82%D0%B0%D0%BE%D1%82%D0%BD%D0%B5%D1%81%D0%B0%D0%BD%D0%BA%D1%86%D0%B8%D0%BE%D0%BD%D0%B8%D1%80%D0%BE%D0%B2%D0%B0%D0%BD%D0%BD%D0%BE%D0%B3%D0%BE%D0%B8%D1%81%D0%BF%D0%BE%D0%BB%D1%8C%D0%B7%D0%BE%D0%B2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%A3%D1%81%D1%82%D0%B0%D0%BD%D0%BE%D0%B2%D0%BA%D0%B0%D0%B8%D1%83%D0%B4%D0%B0%D0%BB%D0%B5%D0%BD%D0%B8%D0%B5%D0%B4%D1%80%D0%B0%D0%B9%D0%B2%D0%B5%D1%80%D0%B0%D0%B7%D0%B0%D1%89%D0%B8%D1%82%D1%8B" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%90%D1%83%D1%82%D0%B5%D0%BD%D1%82%D0%B8%D1%84%D0%B8%D0%BA%D0%B0%D1%86%D0%B8%D1%8F%D0%BF%D0%BE%D0%BB%D1%8C%D0%B7%D0%BE%D0%B2%D0%B0%D1%82%D0%B5%D0%BB%D0%B5%D0%B9" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%92%D1%8B%D0%B1%D0%BE%D1%80%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BD%D0%BE%D0%B9%D0%B1%D0%B0%D0%B7%D1%8B" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%92%D0%B5%D0%B4%D0%B5%D0%BD%D0%B8%D0%B5%D1%81%D0%BF%D0%B8%D1%81%D0%BA%D0%B0%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BD%D1%8B%D1%85%D0%B1%D0%B0%D0%B7" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%97%D0%B0%D0%BF%D1%83%D1%81%D0%BA%D0%B8%D1%81%D0%BF%D0%BE%D0%BB%D0%BD%D1%8F%D0%B5%D0%BC%D0%BE%D0%B3%D0%BE%D1%84%D0%B0%D0%B9%D0%BB%D0%B0" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%A0%D0%B5%D0%B4%D0%B0%D0%BA%D1%82%D0%B8%D1%80%D0%BE%D0%B2%D0%B0%D0%BD%D0%B8%D0%B5%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BD%D0%BE%D0%B9%D0%B1%D0%B0%D0%B7%D1%8B" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%9D%D0%B0%D1%81%D1%82%D1%80%D0%BE%D0%B9%D0%BA%D0%B0%D0%B4%D0%B8%D0%B0%D0%BB%D0%BE%D0%B3%D0%B0%D0%B7%D0%B0%D0%BF%D1%83%D1%81%D0%BA%D0%B0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%A1%D0%BF%D0%B8%D1%81%D0%BA%D0%B8%D0%BE%D0%B1%D1%89%D0%B8%D1%85%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BD%D1%8B%D1%85%D0%B1%D0%B0%D0%B7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%92%D0%B5%D0%B4%D0%B5%D0%BD%D0%B8%D0%B5%D0%B8%D0%B5%D1%80%D0%B0%D1%80%D1%85%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%BE%D0%B3%D0%BE%D1%81%D0%BF%D0%B8%D1%81%D0%BA%D0%B0%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%9F%D0%B5%D1%80%D0%B5%D0%B7%D0%B0%D0%BF%D1%83%D1%81%D0%BA%D1%81%D0%B8%D1%81%D1%82%D0%B5%D0%BC%D1%8B" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%AF%D1%80%D0%BB%D1%8B%D0%BA%D0%B8%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BD%D1%8B%D1%85%D0%B1%D0%B0%D0%B7" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%9F%D0%BE%D1%81%D0%BB%D0%B5%D0%B4%D0%BE%D0%B2%D0%B0%D1%82%D0%B5%D0%BB%D1%8C%D0%BD%D0%BE%D1%81%D1%82%D1%8C%D0%B7%D0%B0%D0%BF%D1%83%D1%81%D0%BA%D0%B0" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%A0%D0%B5%D0%B6%D0%B8%D0%BC%D1%8B%D0%B7%D0%B0%D0%BF%D1%83%D1%81%D0%BA%D0%B0%D1%81%D0%B8%D1%81%D1%82%D0%B5%D0%BC%D1%8B" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%97%D0%B0%D1%89%D0%B8%D1%82%D0%B0%D0%BE%D1%82%D0%BD%D0%B5%D1%81%D0%B0%D0%BD%D0%BA%D1%86%D0%B8%D0%BE%D0%BD%D0%B8%D1%80%D0%BE%D0%B2%D0%B0%D0%BD%D0%BD%D0%BE%D0%B3%D0%BE%D0%B8%D1%81%D0%BF%D0%BE%D0%BB%D1%8C%D0%B7%D0%BE%D0%B2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%A3%D1%81%D1%82%D0%B0%D0%BD%D0%BE%D0%B2%D0%BA%D0%B0%D0%B8%D1%83%D0%B4%D0%B0%D0%BB%D0%B5%D0%BD%D0%B8%D0%B5%D0%B4%D1%80%D0%B0%D0%B9%D0%B2%D0%B5%D1%80%D0%B0%D0%B7%D0%B0%D1%89%D0%B8%D1%82%D1%8B" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%90%D1%83%D1%82%D0%B5%D0%BD%D1%82%D0%B8%D1%84%D0%B8%D0%BA%D0%B0%D1%86%D0%B8%D1%8F%D0%BF%D0%BE%D0%BB%D1%8C%D0%B7%D0%BE%D0%B2%D0%B0%D1%82%D0%B5%D0%BB%D0%B5%D0%B9" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%92%D1%8B%D0%B1%D0%BE%D1%80%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BD%D0%BE%D0%B9%D0%B1%D0%B0%D0%B7%D1%8B" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%92%D0%B5%D0%B4%D0%B5%D0%BD%D0%B8%D0%B5%D1%81%D0%BF%D0%B8%D1%81%D0%BA%D0%B0%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BD%D1%8B%D1%85%D0%B1%D0%B0%D0%B7" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%97%D0%B0%D0%BF%D1%83%D1%81%D0%BA%D0%B8%D1%81%D0%BF%D0%BE%D0%BB%D0%BD%D1%8F%D0%B5%D0%BC%D0%BE%D0%B3%D0%BE%D1%84%D0%B0%D0%B9%D0%BB%D0%B0" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%A0%D0%B5%D0%B4%D0%B0%D0%BA%D1%82%D0%B8%D1%80%D0%BE%D0%B2%D0%B0%D0%BD%D0%B8%D0%B5%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BD%D0%BE%D0%B9%D0%B1%D0%B0%D0%B7%D1%8B" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%9D%D0%B0%D1%81%D1%82%D1%80%D0%BE%D0%B9%D0%BA%D0%B0%D0%B4%D0%B8%D0%B0%D0%BB%D0%BE%D0%B3%D0%B0%D0%B7%D0%B0%D0%BF%D1%83%D1%81%D0%BA%D0%B0" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%A1%D0%BF%D0%B8%D1%81%D0%BA%D0%B8%D0%BE%D0%B1%D1%89%D0%B8%D1%85%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BD%D1%8B%D1%85%D0%B1%D0%B0%D0%B7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%92%D0%B5%D0%B4%D0%B5%D0%BD%D0%B8%D0%B5%D0%B8%D0%B5%D1%80%D0%B0%D1%80%D1%85%D0%B8%D1%87%D0%B5%D1%81%D0%BA%D0%BE%D0%B3%D0%BE%D1%81%D0%BF%D0%B8%D1%81%D0%BA%D0%B0%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%9F%D0%B5%D1%80%D0%B5%D0%B7%D0%B0%D0%BF%D1%83%D1%81%D0%BA%D1%81%D0%B8%D1%81%D1%82%D0%B5%D0%BC%D1%8B" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://shans-i.narod.ru/Disk_BU/Stat_BU/1C8.0/Stat_1C8.0/Zapusk_1C8.0/Stat_Zapusk/Stat_03.htm#%D0%AF%D1%80%D0%BB%D1%8B%D0%BA%D0%B8%D0%B8%D0%BD%D1%84%D0%BE%D1%80%D0%BC%D0%B0%D1%86%D0%B8%D0%BE%D0%BD%D0%BD%D1%8B%D1%85%D0%B1%D0%B0%D0%B7" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>