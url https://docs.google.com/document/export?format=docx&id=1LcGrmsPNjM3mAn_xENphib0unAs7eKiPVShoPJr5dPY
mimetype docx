--- v0 (2025-10-10)
+++ v1 (2025-12-06)
@@ -1,792 +1,867 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ключи защиты 1С Предприятие 8.1. Особенности использования.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Действия многих системных администраторов, столкнувшихся со сложностями при установке ключей защиты для 1С Предприятия, более всего напоминают шаманские камлания с бубном. В "админских кругах", да и в интернете, ходят мифы и легенды о "капризности" ключей защиты, о ее "кривой" реализации и т.п. В тоже время большинство нестандартных ситуаций является следствием крайне низкого уровня знаний о ключах защиты и особенностях их использования.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Какие бывают ключи</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Локальные однопользовательские ключи представлены моделью </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">HASP HL Basic</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (синего цвета), данный ключ имеет маркировку </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">H4 M1 ORGL8</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, не имеет встроенной памяти и персонального ID, не хранит в себе никаких параметров и настроек. Поставляется продуктами имеющими лицензию на одно рабочее место.</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Сетевые клиентские ключи включают серию </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">HASP HL Net</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (красного цвета). Имеют внутреннюю память, в которой хранится количество лицензий, и уникальный ID. Существуют разновидности на 5, 10, 20, 50 и 100 пользователей. Имеет маркировку </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NETXX ORGL8</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, где ХX - количество лицензий (например NET5 ORGL8). Существуют также ключи на 300 и 500 пользователей которые имеют маркировку </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NET250+ ORG8A</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NET250+ ORG8B</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Поставляются с продуктами имеющими лицензию на 5 рабочих мест, а также отдельно, в виде дополнительных клиентских лицензий.</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Ключи для сервера 1С Предприятие бывают только локальные. 32-битная версия имеет ключ защиты </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">HASP HL Pro</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (фиолетового цвета), который имеет внутреннюю память и уникальный ID. Имеет маркировку </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ENSR8</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, поставляется вместе с лицензией на сервер 1С Предприятие.</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Для 64-битного сервера используется ключ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">HASP HL Max</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (зеленого цвета) с внутренней памятью и уникальным ID. Имеет маркировку </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">EN8SA</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">и поддерживает также 32-битный сервер. Т.е. имея лицензию на 64-битный сервер можно, не меняя ключа, использовать 32-битную версию, но не наоборот.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Как правильно устанавливать ключи</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Следует запомнить одно важное правило: на один компьютер нельзя устанавливать более одного ключа одной серии. Также не рекомендуется ставить вместе локальный и сетевой ключ, это связано с особенностью защиты 1С Предприятия: находя локальный ключ программа никогда не будет искать сетевой. Локальные ключи сервера 1С Предприятия не мешают работе других ключей. </w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">Второе важное правило: ключ не должен находится на машине с активным терминальным ПО. Также не стоит ставить менеджер лицензий в терминале. 1С на сервере терминалов может работать только с сетевым ключом, расположенным на другом ПК.</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">При наличии двух и более сетевых ключей недостаточно разнести их по разным компьютерам. Следует выполнить настройку менеджеров лицензий. Каждый менеджер лицензий должен иметь уникальное имя, которое следует явным образом сообщить защищаемой программе. Рекомендуется выполнить аналогичную настройку и в случае использования сервера терминалов, даже при одном сетевом ключе.</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">На машине где установлен ключ находим файл </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">nhsrv.ini</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> в папке с менеджером лицензий. За имя сервера лицензий отвечает параметр </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NHS_SERVERNAMES</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, оно может состоять из латинских букв и цифр и содержать не более 7 символов.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -794,66 +869,70 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[NHS_SERVER]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -861,149 +940,161 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NHS_SERVERNAMES = NAME1</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">После чего на клиентских машинах следует отредактировать файл </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">nethasp.ini</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, явным образом указав адреса и имена менеджеров лицензий:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1011,66 +1102,70 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[NH_COMMON]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1078,66 +1173,70 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NH_TCPIP = Enabled</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1145,51 +1244,53 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
@@ -1200,66 +1301,70 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[NH_TCPIP]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1267,185 +1372,203 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NH_SERVER_ADDR = </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="006666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">192.168</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="006666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">0.10</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="006666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">192.168</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="006666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">0.11</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
@@ -1458,164 +1581,176 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NH_SERVER_NAME = NAME1, NAME2 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Какие бывают ошибки</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="114300" distR="114300">
             <wp:extent cx="3823970" cy="2280920"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:docPr descr="Описание: http://interface31.ru/tech_it/images/1C_HASP_Error.png" id="1" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr descr="Описание: http://interface31.ru/tech_it/images/1C_HASP_Error.png" id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
@@ -1640,364 +1775,396 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">К сожалению 1С Предприятие вместо штатных сообщения HASP об ошибках выводит собственное «Не обнаружен ключ защиты программы!». Под этим сообщением может скрываться четыре вида ошибок, рассмотрим их подробнее.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="280" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Не найден ключ</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Пожалуй самая распространенная ошибка. Возникает при отсутствии ключа, попытке использования ключа от другого продукта. Для сетевых ключей эта ошибка может возникать при отсутствии сети, если на машине с ключом не запущен менеджер лицензий, закрыт 457 порт или ошибочно установлен несетевой ключ.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ключ не содержит лицензии. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Возникает при установке на один ПК двух ключей одной серии, при этом виден тот из них, на котором отсутствует нужная лицензия. При работе в сети двух менеджеров лицензий с одинаковыми именами и обслуживающими ключи одной серии приложение может найти первым ключ не содержащий нужной лицензии, что также приведет к получению этой ошибки.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Обнаружена служба терминалов</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Возникает при попытке запустить приложение из терминальной сессии с локальным ключом. Может также возникнуть в случае если в </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">nethasp.ini </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">явно не прописан адрес менеджера лицензий.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Превышено число лицензий</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Возникает когда количество пользователей (активных сессий) превышает число указанных в ключе лицензий. При работе в сети двух менеджеров лицензий с одинаковыми именами и обслуживающими ключи одной серии приложение может найти первым ключ с которым уже установлено максимальное количество соединений, что также приведет к получению этой ошибки.</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
       <w:pgMar w:bottom="1134" w:top="1134" w:left="1701" w:right="850" w:header="708" w:footer="708"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Georgia"/>
@@ -2135,209 +2302,218 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Noto Sans Symbols" w:cs="Noto Sans Symbols" w:eastAsia="Noto Sans Symbols" w:hAnsi="Noto Sans Symbols"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr/>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/NotoSansSymbols-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>