--- v0 (2025-10-20)
+++ v1 (2025-12-11)
@@ -1,352 +1,378 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Восстановление регистрационной анкеты</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gjdgxs" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Восстановление регистрационной анкеты  для программного продукта зарегистрированного в 1С:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="ffffff" w:val="clear"/>
         <w:spacing w:after="150" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="333333"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Здесь достаточно </w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="333333"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="none"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">заявления от клиента</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">с подписью и печатью на имя фирмы "1С" в произвольной форме с просьбой о восстановлении рег. анкеты, рег. № ..., в связи с утерей по причине ... (например, утеряна при переезде).</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="ffffff" w:val="clear"/>
         <w:spacing w:after="150" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="333333"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Это письмо необходимо отсканировать и отправить на </w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
             <w:b w:val="0"/>
+            <w:bCs w:val="0"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="336699"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
             <w:u w:val="none"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">hline@1c.ru</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. В письме обязательно укажите способ получения дубликата. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="333333"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="333333"/>
           <w:highlight w:val="white"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">СОВЕТ:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="333333"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> в письме указывайте "желаемый способ получения скан рег. анкеты - по электронной почте". Также можно указать способы: по почте и через дистрибьютора.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -366,66 +392,70 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:hanging="360"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Восстановление регистрационной анкеты  для программного продукта не зарегистрированного в 1С:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:cs="Verdana" w:eastAsia="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="333333"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="white"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -587,50 +617,51 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
       <w:rPr/>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -638,163 +669,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://partners.asp-1c.ru/upload/Zayavlenie_vosst_reg_ankety.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hline@1c.ru" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hline@1c.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>