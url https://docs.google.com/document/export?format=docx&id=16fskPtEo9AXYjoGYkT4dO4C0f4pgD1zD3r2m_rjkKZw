--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -1,517 +1,558 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Сервер 1С Предприятия. Часть 4 Установка PostgreSQL на платформe Linux (Ubuntu).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Сервер СУБД является важной составляющей частью сервера 1С, но при этом является полностью самостоятельным узлом. Один и тот-же сервер 1С может (с небольшими ограничениями) работать с любой из поддерживаемых СУБД. На платформе Linux заслуженной популярностью пользуется бесплатная СУБД PostgreSQL и сегодня мы поговорим об ее установке.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Вначале, как всегда, немного теории. Следует помнить, что в силу особенностей реализации платформы 1С Предприятие PostgreSQL в версии "из коробки" работать не будет. Основная проблема заключается в различных механизмах блокировки, используемых СУБД и 1С.:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">"Применение табличных блокировок в PostgreSQL в автоматическом режиме не является искусственным. 1С:Предприятие 8 в автоматическом режиме блокировок реализует подход неизменности прочитанных в рамках транзакции данных. PostgreSQL, как типичный версионник, не накладывает никаких блокировок на прочитанные данные (в отличие от DB2 или SQL Server - блокировочников), то для обеспечения идентичной функциональности приходится использовать эти самые табличные блокировки.</w:t>
         <w:br w:type="textWrapping"/>
         <w:br w:type="textWrapping"/>
         <w:t xml:space="preserve">В управляемом режиме блокировок управление целостностью данных в транзакции отдано на откуп разработчику конфигурации. Там, соответственно, табличные блокировки не используются. Конечно, блокировка на уровне таблицы - это довольно грубо. Но в данном случае было решено принести в жертву параллельность для того, чтобы обеспечить идентичную функциональность."</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Для того, чтобы PostgreSQL умел накладывать табличные блокировки 1С выпускает набор специальных патчей и уже готовые сборки СУБД для Windows и RedHat-совместимых систем. Пользователям Debian-совместимых систем лучше всего использовать альтернативную сборку PostgreSQL от компании Etersoft, которую можно взять на их FTP-сервере. На текущий момент последней версией является 9.0.4 которая доступна в версиях для 32-битных и 64-битных систем.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ВАЖНО!</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Мы не рекомендуем использовать сборки PostgreSQL от Ethersoft новее, чем</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 9.0.4</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, так как они имеют проблемы при работе с актуальными версиями платформы 1С:Предприятие.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Будем считать что необходимые пакеты скачаны и расположены на сервере, а читатель обладает базовыми навыками работы в командной строке Linux. Для установки СУБД мы будем использовать Ubuntu Server 10.04.4 64-бита.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Установим необходимую для работы с 1С библиотеку ICU:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -519,317 +560,347 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">apt-</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000088"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">get</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> install libicu42</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ВАЖНО!</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> В Ubuntu 12.04 и 14.04 следует устанавливать пакеты</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> libicu48 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">и</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> libicu52 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">соответсвенно.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Затем перейдем в каталог с пакетами PostgreSQL (в нашем случае директория </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">pgsql904</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> в домашней папке) и установим их:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -837,83 +908,89 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="660066"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">cd</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ~/pgsql904</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -921,115 +998,123 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dpkg -i *.deb</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Последняя команда установит все находящиеся в директории deb-пакеты, поэтому важно, чтобы там не было ничего лишнего. В процессе установки вы получите сообщение о неразрешенных зависимостях, для их исправления выполните команду:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1037,149 +1122,161 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">apt-get install -f</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">После чего система сама найдет и установит недостающие пакеты. На этом установку PostgreSQL можно считать законченной, но, перед тем как его использовать, необходимо внести некоторые изменения в настройки системы. В файл </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">/etc/sysctl.conf</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> необходимо добавить две строки, отвечающие за размер разделяемого сегмента памяти:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1187,66 +1284,70 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">kernel.shmall=134217728</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1254,115 +1355,123 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">kernel.shmmax=134217728</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Сохраним файл и применим настройки:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1370,115 +1479,123 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">sysctl -p</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Теперь можно попробовать запустить PostgreSQL:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1486,171 +1603,185 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">service postgresql </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000088"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">start</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Если все сделано правильно произойдет запуск и начальная инициализация сервера баз данных. Теперь зададим пароль суперпользователю СУБД postgres. Для этого в конфигурационном файле PostgreSQL</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> /var/lib/pgsql/data/pg_hba.conf</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> найдем следующую строку:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1658,268 +1789,294 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000088"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">local</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="006666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">all</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="006666"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">all</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  ident</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">и заменим </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ident</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> на </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">trust</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Сохраним файл и перезапустим СУБД:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -1927,115 +2084,123 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">service postgresql restart</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">и выполним следующую команду:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
@@ -2043,1199 +2208,1288 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="916"/>
           <w:tab w:val="left" w:leader="none" w:pos="1832"/>
           <w:tab w:val="left" w:leader="none" w:pos="2748"/>
           <w:tab w:val="left" w:leader="none" w:pos="3664"/>
           <w:tab w:val="left" w:leader="none" w:pos="4580"/>
           <w:tab w:val="left" w:leader="none" w:pos="5496"/>
           <w:tab w:val="left" w:leader="none" w:pos="6412"/>
           <w:tab w:val="left" w:leader="none" w:pos="7328"/>
           <w:tab w:val="left" w:leader="none" w:pos="8244"/>
           <w:tab w:val="left" w:leader="none" w:pos="9160"/>
           <w:tab w:val="left" w:leader="none" w:pos="10076"/>
           <w:tab w:val="left" w:leader="none" w:pos="10992"/>
           <w:tab w:val="left" w:leader="none" w:pos="11908"/>
           <w:tab w:val="left" w:leader="none" w:pos="12824"/>
           <w:tab w:val="left" w:leader="none" w:pos="13740"/>
           <w:tab w:val="left" w:leader="none" w:pos="14656"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">psql -U postgres -d template1 -c "</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000088"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ALTER</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000088"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">USER</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> postgres PASSWORD </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Courier New" w:cs="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="008800"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">'password'"</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">где </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">password</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - желаемый пароль. После чего снова заменим </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">trust</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> на </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ident</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> и еще раз перезапустим PostgreSQL.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">На этом установку можно считать законченной. Не забудьте на всех машинах, которые будут работать с данным сервером, добавить в </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">hosts</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> запись связывающую ip-адрес сервера с его сетевым именем, либо добавьте соответствующую </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">запись типа A</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> на ваш DNS-сервер.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Для примера рассмотрим создание новой информационной базы на сервере 1С с использованием только что настроенного сервера БД. При создании базы выберем нужный шаблон и укажем что база будет располагаться на сервере 1С.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="114300" distR="114300">
             <wp:extent cx="3733800" cy="3533775"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="1" name="image2.png"/>
+            <wp:docPr id="1" name="image3.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.png"/>
+                    <pic:cNvPr id="0" name="image3.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3733800" cy="3533775"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Затем укажем расположение серверов 1С и СУБД, а также желаемое имя базы данных и параметры доступа к серверу БД.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="114300" distR="114300">
             <wp:extent cx="3752850" cy="3562350"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="3" name="image3.png"/>
+            <wp:docPr id="3" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3752850" cy="3562350"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">В результате этих несложных действий получим информационную базу работающую на указанном кластере серверов 1С и использующую наш сервер БД под управлением PostgreSQL.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="0" distT="0" distL="114300" distR="114300">
             <wp:extent cx="4286250" cy="2714625"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image1.png"/>
+            <wp:docPr id="2" name="image2.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="4286250" cy="2714625"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
-[...14 lines deleted...]
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">В нашем примере мы использовали для сервера 1С и сервера БД разные физические сервера, для небольших баз с невысокой нагрузкой эти роли можно совместить на одной машине.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="100" w:before="100" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:i w:val="0"/>
+            <w:iCs w:val="0"/>
             <w:smallCaps w:val="0"/>
             <w:strike w:val="0"/>
             <w:color w:val="0000ff"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:vertAlign w:val="baseline"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">Видео по установке. Смотреть!</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="0"/>
-          <w:i w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
       <w:pgMar w:bottom="1134" w:top="1134" w:left="1701" w:right="850" w:header="708" w:footer="708"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Georgia"/>
   <w:font w:name="Times New Roman"/>
   <w:font w:name="Courier New"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:lang w:val="ru-RU"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr/>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dailymotion.com/video/xud49e_%D1%81%D0%B5%D1%80%D0%B2%D0%B5%D1%80-1%D1%81-%D0%BF%D1%80%D0%B5%D0%B4%D0%BF%D1%80%D0%B8%D1%8F%D1%82%D0%B8%D1%8F-4%D0%B0%D1%81%D1%82%D1%8C-4-%D1%83%D1%81%D1%82%D0%B0%D0%BD%D0%BE%D0%B2%D0%BA%D0%B0-postgresql-%D0%BD%D0%B0-%D0%BF%D0%BB%D0%B0%D1%82%D1%84%D0%BE%D1%80me-linux-ubuntu_tech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dailymotion.com/video/xud49e_%D1%81%D0%B5%D1%80%D0%B2%D0%B5%D1%80-1%D1%81-%D0%BF%D1%80%D0%B5%D0%B4%D0%BF%D1%80%D0%B8%D1%8F%D1%82%D0%B8%D1%8F-4%D0%B0%D1%81%D1%82%D1%8C-4-%D1%83%D1%81%D1%82%D0%B0%D0%BD%D0%BE%D0%B2%D0%BA%D0%B0-postgresql-%D0%BD%D0%B0-%D0%BF%D0%BB%D0%B0%D1%82%D1%84%D0%BE%D1%80me-linux-ubuntu_tech" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>