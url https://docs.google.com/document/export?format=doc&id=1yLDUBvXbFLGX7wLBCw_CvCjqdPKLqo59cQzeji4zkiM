--- v0 (2025-10-17)
+++ v1 (2025-12-13)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_o3kjcega0ry9" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
@@ -104,173 +105,183 @@
           <w:trHeight w:val="780" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Czech Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Meaning</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Examples and Explanation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">hovězí</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -299,50 +310,51 @@
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">This adjective is frequently used either to refer directly to the type of meat and is often combined with the word </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">maso</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ‘meat’.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
@@ -400,251 +412,264 @@
                               <a:ext cx="2495550" cy="1866900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">hovězí </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">maso</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Or it can describe the type of meat used in certain dishes, such as </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">guláš</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1651000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image3.png"/>
+                    <wp:docPr id="10" name="image18.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image18.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1651000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">hovězí </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">guláš</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kuřecí</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -673,50 +698,51 @@
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Like above, this adjective is frequently used either to refer directly to the type of meat and is often combined with the word </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">maso</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ‘meat’.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -769,264 +795,277 @@
                               <a:ext cx="2495550" cy="1409700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kuřecí </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">maso</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Or it can describe the type of meat used in certain dishes, such as </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">řízek</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - schnitzel</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1866900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image5.png"/>
+                    <wp:docPr id="4" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1866900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kuřecí </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">řízek</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">vepřový</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -1071,50 +1110,51 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Like above, this adjective is frequently used either to refer directly to the type of meat and is often combined with the word </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">maso</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> ‘meat’.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -1124,251 +1164,260 @@
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="29" name="image29.png"/>
+                    <wp:docPr id="29" name="image24.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image29.png"/>
+                            <pic:cNvPr id="0" name="image24.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">vepřové </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">maso</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Or it can describe the type of meat used in certain dishes, such as </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">řízek</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - schnitzel:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image25.png"/>
+                    <wp:docPr id="18" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image25.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">vepřové </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">koleno</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(pork knee – really a pork shank)</w:t>
             </w:r>
@@ -1415,59 +1464,63 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">nakládaný</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -1497,109 +1550,112 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image15.png"/>
+                    <wp:docPr id="12" name="image12.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image12.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">nakládané </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">okurky</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (cucumbers cooked briefly in hot vinegar and spices, i.e. pickles)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
@@ -1609,110 +1665,114 @@
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2052638" cy="2859590"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="21" name="image24.png"/>
+                    <wp:docPr id="21" name="image19.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image24.png"/>
+                            <pic:cNvPr id="0" name="image19.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId21"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2052638" cy="2859590"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">nakládaný </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">hermelín</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(cheese marinated in oil with onions and other spices)</w:t>
             </w:r>
@@ -1722,59 +1782,63 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ovocný</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -1804,165 +1868,172 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId22">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image6.png"/>
+                    <wp:docPr id="13" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId23"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ovocné </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">knedlíky</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (dumplings stuffed with various types of fruit)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">čerstvý</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -1992,153 +2063,161 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image18.png"/>
+                    <wp:docPr id="9" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image18.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId25"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">čerstvý </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">chléb (chleba)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">mražený</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -2168,160 +2247,167 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="22" name="image26.png"/>
+                    <wp:docPr id="22" name="image21.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image26.png"/>
+                            <pic:cNvPr id="0" name="image21.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId27"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">mražený </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">špenát</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (a convenient food in many places)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pečený</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -2351,153 +2437,161 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1866900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image10.png"/>
+                    <wp:docPr id="8" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId29"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1866900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pečené </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kuře</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">smažený</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -2527,160 +2621,167 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId30">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1409700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image14.png"/>
+                    <wp:docPr id="1" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId31"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1409700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">smažený </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">sýr</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (the answer to everything]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">dušený</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -2710,299 +2811,312 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId32">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1866900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image13.png"/>
+                    <wp:docPr id="6" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId33"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1866900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">dušené </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">zelí </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(stewed cabbage is a frequent side for Czech dishes) here served with </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">vepřové maso</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> a </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">houskové knedlíky</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId34">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1866900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="31" name="image31.png"/>
+                    <wp:docPr id="31" name="image30.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image31.png"/>
+                            <pic:cNvPr id="0" name="image30.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId35"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1866900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">dušená </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">rýže </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(since it’s cooked in a pot with water, the rice is considered stewed; note in English we say steamed rice)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">vařený</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -3029,167 +3143,174 @@
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2495550" cy="1866900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="17" name="image7.png"/>
+                  <wp:docPr id="17" name="image13.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image13.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId36"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2495550" cy="1866900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pstruh a </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">vařené </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">brambory</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (these are frequent side on Czech plates)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">grilovaný</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -3219,158 +3340,166 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId37">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="28" name="image28.png"/>
+                    <wp:docPr id="28" name="image22.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image28.png"/>
+                            <pic:cNvPr id="0" name="image22.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId38"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">grilované </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kuře</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">horký</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -3400,153 +3529,161 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId39">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1481138" cy="2221706"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="23" name="image17.png"/>
+                    <wp:docPr id="23" name="image23.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image17.png"/>
+                            <pic:cNvPr id="0" name="image23.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId40"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1481138" cy="2221706"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">horký </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">čaj</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">studený</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -3576,153 +3713,161 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId41">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="25" name="image20.png"/>
+                    <wp:docPr id="25" name="image31.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image20.png"/>
+                            <pic:cNvPr id="0" name="image31.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId42"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">studená </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">voda</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">teplý</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -3801,111 +3946,118 @@
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">teplé </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jídlo</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (we talk about getting a hot meal, they talk about getting warm food)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">světlý</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -3935,160 +4087,167 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId45">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="3327400"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="30" name="image23.png"/>
+                    <wp:docPr id="30" name="image29.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image23.png"/>
+                            <pic:cNvPr id="0" name="image29.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId46"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="3327400"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">světlé </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pivo</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (the most traditional Czech beers are pale lagers – světlé ležáky)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tmavý</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -4118,177 +4277,185 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId47">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1866900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image9.png"/>
+                    <wp:docPr id="2" name="image32.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image32.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId48"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1866900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tmavé </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pivo </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(also </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">černé pivo </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- these are also common and slightly sweeter than dark beers elsewhere.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">lehký</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -4315,193 +4482,202 @@
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2495550" cy="1866900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image11.png"/>
+                  <wp:docPr id="3" name="image17.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image11.png"/>
+                          <pic:cNvPr id="0" name="image17.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId49"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2495550" cy="1866900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">lehké </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jídlo </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">šopský</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">salát </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- salads find a place on most menus, though Czech food is hardly light fare)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">těžký</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -4580,150 +4756,159 @@
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">těžké </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jídlo</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">smažený</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">sýr </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">– Czech is known for heavy dishes. This is a popular street food – fried cheese and tartar sauce in a bun)</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">hořký</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -4753,211 +4938,221 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId52">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image21.png"/>
+                    <wp:docPr id="5" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image21.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId53"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">hořké </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jídlo</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">hořká</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">čokoláda</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">; </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">káva </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">is also a good example of a bitter thing we frequently consume</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kyselý</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -4987,244 +5182,258 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId54">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image8.png"/>
+                    <wp:docPr id="14" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId55"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">nakládané okurky jsou </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kyselé</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId56">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1193800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image16.png"/>
+                    <wp:docPr id="15" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId57"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1193800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">citrón je taky </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kyselý</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">sladký</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -5251,153 +5460,162 @@
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2495550" cy="1866900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="27" name="image30.png"/>
+                  <wp:docPr id="27" name="image28.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image30.png"/>
+                          <pic:cNvPr id="0" name="image28.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId58"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2495550" cy="1866900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">koláče jsou </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">sladké</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">slaný</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -5427,154 +5645,163 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId59">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1866900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="26" name="image22.png"/>
+                    <wp:docPr id="26" name="image25.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image22.png"/>
+                            <pic:cNvPr id="0" name="image25.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId60"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1866900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...6 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">brambůrky jsou </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">slané</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ostrý/pálivý/pikantní</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -5604,198 +5831,211 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId61">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1663700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="32" name="image32.png"/>
+                    <wp:docPr id="32" name="image20.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image32.png"/>
+                            <pic:cNvPr id="0" name="image20.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId62"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1663700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">chilli papriky jsou </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ostré</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pálivé </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pikantní </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(Czech food is rather mild and most foods are not spicy)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">drahý</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -5825,182 +6065,194 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId63">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2495550" cy="1689100"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image12.png"/>
+                    <wp:docPr id="11" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId64"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2495550" cy="1689100"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">to je </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">drahé </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jídlo a </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">drahá </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">restaurace</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
-[...7 lines deleted...]
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">levný</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
@@ -6031,118 +6283,123 @@
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2495550" cy="1866900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="19" name="image19.jpg"/>
+                  <wp:docPr id="19" name="image26.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image19.jpg"/>
+                          <pic:cNvPr id="0" name="image26.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId65"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2495550" cy="1866900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">rohlíky jsou velmi </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">levné </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jídlo</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
@@ -6214,50 +6471,51 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -6280,165 +6538,169 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/cold-water-bottle-glass-1431859/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Gul%C3%A1%C5%A1_z_muflona,_knedl%C3%ADky.jpg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/beer-beverage-alcohol-drink-pub-511779/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Velkepopovicky_Kozel_beer.jpg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Hov%C4%9Bz%C3%AD_maso.jpg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Classic_Vienna-style_beef_goulash.jpg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Sma%C5%BEen%C3%BD_s%C3%BDr,_U_Hradil%C5%AF,_Rusava_(2).jpg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Knedlo_zelo_vep%C5%99o_(3).jpg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Ku%C5%99ec%C3%AD_maso_na_mysliveck%C3%BD_zp%C5%AFsob,_du%C5%A1en%C3%A1_r%C3%BD%C5%BEe.jpg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Grilled_meat_-_chicken_legs_in_Czech_Republic.jpg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/cs/photo/695059" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=images&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwifkfzr_fXWAhVoxlQKHXJiCmEQjxwIAw&amp;url=https%3A%2F%2Fpixabay.com%2Fcs%2F%25C4%258Derven%25C3%25A1-chilli-papriky-su%25C5%25A1en%25C3%25A9-387517%2F&amp;psig=AOvVaw2vWEg6uIoQZFPJv6CwMI7t&amp;ust=1508272171176815" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Nakladany_hermelin_-_homemade.jpg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/cs/photo/886201" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Ovocn%C3%A9_tvarohov%C3%A9_knedl%C3%ADky_734.JPG" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1JlaI0O7h4GtnAtCG0C7zxTcXZpBmQTS1F4zGv-d11ZE/edit#heading=h.1slt6lcxokjr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:V%C3%BDroba_chleba_(44).JPG" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publicdomainpictures.net/view-image.php?image=32808&amp;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Pe%C4%8Den%C3%A9_ku%C5%99e_s_n%C3%A1divkou.JPG" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/rcooper/3398879658" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/chocolate-dark-coffee-confiserie-183543/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/raw-chicken-fry-pan-cutting-board-484195/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Nakl%C3%A1dan%C3%A9_okurky.jpg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Ku%C5%99ec%C3%AD_%C5%99%C3%ADzek_ve_strouhnace_se_sezamem,_brambory,_obloha.jpg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Lemon-Whole-Split.jpg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Potato-Chips.jpg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/pork-meat-barbecues-pig-1122171/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/haxe-roast-leg-of-pork-pork-knuckle-1821881/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/pickled-cucumbers-homemade-preserves-1520638/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/cold-water-bottle-glass-1431859/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Gul%C3%A1%C5%A1_z_muflona,_knedl%C3%ADky.jpg" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/beer-beverage-alcohol-drink-pub-511779/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Velkepopovicky_Kozel_beer.jpg" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Hov%C4%9Bz%C3%AD_maso.jpg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Classic_Vienna-style_beef_goulash.jpg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Sma%C5%BEen%C3%BD_s%C3%BDr,_U_Hradil%C5%AF,_Rusava_(2).jpg" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Knedlo_zelo_vep%C5%99o_(3).jpg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Ku%C5%99ec%C3%AD_maso_na_mysliveck%C3%BD_zp%C5%AFsob,_du%C5%A1en%C3%A1_r%C3%BD%C5%BEe.jpg" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Grilled_meat_-_chicken_legs_in_Czech_Republic.jpg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/cs/photo/695059" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.google.com/url?sa=i&amp;rct=j&amp;q=&amp;esrc=s&amp;source=images&amp;cd=&amp;cad=rja&amp;uact=8&amp;ved=0ahUKEwifkfzr_fXWAhVoxlQKHXJiCmEQjxwIAw&amp;url=https%3A%2F%2Fpixabay.com%2Fcs%2F%25C4%258Derven%25C3%25A1-chilli-papriky-su%25C5%25A1en%25C3%25A9-387517%2F&amp;psig=AOvVaw2vWEg6uIoQZFPJv6CwMI7t&amp;ust=1508272171176815" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Nakladany_hermelin_-_homemade.jpg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/cs/photo/886201" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Ovocn%C3%A9_tvarohov%C3%A9_knedl%C3%ADky_734.JPG" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1JlaI0O7h4GtnAtCG0C7zxTcXZpBmQTS1F4zGv-d11ZE/edit#heading=h.1slt6lcxokjr" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:V%C3%BDroba_chleba_(44).JPG" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.publicdomainpictures.net/view-image.php?image=32808&amp;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Pe%C4%8Den%C3%A9_ku%C5%99e_s_n%C3%A1divkou.JPG" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/rcooper/3398879658" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/chocolate-dark-coffee-confiserie-183543/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/raw-chicken-fry-pan-cutting-board-484195/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Nakl%C3%A1dan%C3%A9_okurky.jpg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Ku%C5%99ec%C3%AD_%C5%99%C3%ADzek_ve_strouhnace_se_sezamem,_brambory,_obloha.jpg" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Lemon-Whole-Split.jpg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Potato-Chips.jpg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/pork-meat-barbecues-pig-1122171/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/haxe-roast-leg-of-pork-pork-knuckle-1821881/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/pickled-cucumbers-homemade-preserves-1520638/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>