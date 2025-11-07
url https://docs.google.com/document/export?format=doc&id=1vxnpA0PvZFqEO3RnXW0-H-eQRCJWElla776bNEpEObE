--- v0 (2025-11-05)
+++ v1 (2025-11-07)
@@ -394,56 +394,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image16.png"/>
+                    <wp:docPr id="6" name="image21.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image21.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -464,56 +464,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="927100"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image4.png"/>
+                    <wp:docPr id="3" name="image20.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image20.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="927100"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -534,56 +534,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="36" name="image41.png"/>
+                    <wp:docPr id="36" name="image39.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image41.png"/>
+                            <pic:cNvPr id="0" name="image39.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -604,56 +604,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="889000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="26" name="image28.png"/>
+                    <wp:docPr id="26" name="image29.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image28.png"/>
+                            <pic:cNvPr id="0" name="image29.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="889000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -810,56 +810,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image15.png"/>
+                    <wp:docPr id="7" name="image22.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image22.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -880,56 +880,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="762000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="39" name="image47.png"/>
+                    <wp:docPr id="39" name="image46.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image47.png"/>
+                            <pic:cNvPr id="0" name="image46.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="762000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -950,56 +950,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="902019"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="48" name="image45.png"/>
+                    <wp:docPr id="48" name="image44.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image45.png"/>
+                            <pic:cNvPr id="0" name="image44.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="11765"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="902019"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1020,56 +1020,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="914400"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="46" name="image43.png"/>
+                    <wp:docPr id="46" name="image41.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image43.png"/>
+                            <pic:cNvPr id="0" name="image41.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId21"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="914400"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1226,56 +1226,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId22">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="22" name="image12.jpg"/>
+                    <wp:docPr id="22" name="image6.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.jpg"/>
+                            <pic:cNvPr id="0" name="image6.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId23"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1296,56 +1296,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="42" name="image42.png"/>
+                    <wp:docPr id="42" name="image43.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image42.png"/>
+                            <pic:cNvPr id="0" name="image43.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId25"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1366,56 +1366,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="40" name="image40.png"/>
+                    <wp:docPr id="40" name="image42.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image40.png"/>
+                            <pic:cNvPr id="0" name="image42.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId27"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1436,56 +1436,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="45" name="image46.png"/>
+                    <wp:docPr id="45" name="image50.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image46.png"/>
+                            <pic:cNvPr id="0" name="image50.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId29"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1678,56 +1678,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId30">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image1.png"/>
+                    <wp:docPr id="1" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId31"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1747,56 +1747,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId32">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="43" name="image32.png"/>
+                    <wp:docPr id="43" name="image37.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image32.png"/>
+                            <pic:cNvPr id="0" name="image37.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId33"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1816,56 +1816,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId34">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="21" name="image10.png"/>
+                    <wp:docPr id="21" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId35"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1885,56 +1885,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId36">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1167429" cy="912568"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image6.png"/>
+                    <wp:docPr id="15" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId37"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1167429" cy="912568"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1960,56 +1960,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId38">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="812800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image7.png"/>
+                    <wp:docPr id="16" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId39"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="812800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2029,56 +2029,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId40">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="812800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="34" name="image22.png"/>
+                    <wp:docPr id="34" name="image23.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image22.png"/>
+                            <pic:cNvPr id="0" name="image23.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId41"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="812800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2098,56 +2098,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId42">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="812800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image13.png"/>
+                    <wp:docPr id="18" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId43"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="812800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2167,56 +2167,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId44">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="812800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="41" name="image31.png"/>
+                    <wp:docPr id="41" name="image26.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image31.png"/>
+                            <pic:cNvPr id="0" name="image26.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId45"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="812800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2242,56 +2242,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId46">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="952500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="29" name="image18.png"/>
+                    <wp:docPr id="29" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image18.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId47"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="952500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2311,56 +2311,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId48">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="838200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="30" name="image17.png"/>
+                    <wp:docPr id="30" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image17.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId49"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="838200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2380,56 +2380,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId50">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="50" name="image39.png"/>
+                    <wp:docPr id="50" name="image38.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image39.png"/>
+                            <pic:cNvPr id="0" name="image38.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId51"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2449,56 +2449,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId52">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="673100"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="49" name="image38.png"/>
+                    <wp:docPr id="49" name="image36.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image38.png"/>
+                            <pic:cNvPr id="0" name="image36.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId53"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="673100"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3570,56 +3570,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId56">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1220121"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="19" name="image14.png"/>
+                    <wp:docPr id="19" name="image12.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image12.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId57"/>
                             <a:srcRect b="3372" l="0" r="0" t="8534"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1220121"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3640,56 +3640,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId58">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1219200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image25.png"/>
+                    <wp:docPr id="17" name="image27.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image25.png"/>
+                            <pic:cNvPr id="0" name="image27.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId59"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1219200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4413,56 +4413,56 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Read the text communication between James and his friends. Then, answer the questions. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3340100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="47" name="image36.jpg"/>
+            <wp:docPr id="47" name="image32.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image36.jpg"/>
+                    <pic:cNvPr id="0" name="image32.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId61"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3340100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5471,56 +5471,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId64">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1247040"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image2.png"/>
+                    <wp:docPr id="2" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId57"/>
                             <a:srcRect b="0" l="0" r="0" t="9819"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1247040"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5541,56 +5541,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId65">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1248510"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image9.png"/>
+                    <wp:docPr id="11" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId66"/>
                             <a:srcRect b="9601" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1248510"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5716,56 +5716,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId67">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1181109"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image27.png"/>
+                    <wp:docPr id="12" name="image19.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image27.png"/>
+                            <pic:cNvPr id="0" name="image19.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId68"/>
                             <a:srcRect b="0" l="0" r="0" t="3875"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1181109"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5786,56 +5786,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId69">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1181109"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="32" name="image19.png"/>
+                    <wp:docPr id="32" name="image18.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image19.png"/>
+                            <pic:cNvPr id="0" name="image18.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId70"/>
                             <a:srcRect b="0" l="0" r="0" t="3875"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1181109"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5856,56 +5856,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId71">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1155700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image11.png"/>
+                    <wp:docPr id="13" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId72"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1155700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6031,56 +6031,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId73">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1143000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="20" name="image50.png"/>
+                    <wp:docPr id="20" name="image47.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image50.png"/>
+                            <pic:cNvPr id="0" name="image47.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId74"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1143000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6101,56 +6101,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId75">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1139174"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="23" name="image21.png"/>
+                    <wp:docPr id="23" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image21.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId76"/>
                             <a:srcRect b="3423" l="0" r="0" t="3564"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1139174"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6171,56 +6171,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId77">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1145000" cy="1857375"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image26.png"/>
+                    <wp:docPr id="5" name="image40.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image26.png"/>
+                            <pic:cNvPr id="0" name="image40.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId78"/>
                             <a:srcRect b="0" l="0" r="38036" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm rot="5400000">
                               <a:off x="0" y="0"/>
                               <a:ext cx="1145000" cy="1857375"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6345,56 +6345,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId79">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="31" name="image37.png"/>
+                    <wp:docPr id="31" name="image35.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image37.png"/>
+                            <pic:cNvPr id="0" name="image35.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId80"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6410,56 +6410,56 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="ffffff" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1847850" cy="1228452"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image8.jpg"/>
+                  <wp:docPr id="10" name="image3.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.jpg"/>
+                          <pic:cNvPr id="0" name="image3.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId81"/>
                           <a:srcRect b="4849" l="0" r="0" t="6167"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1847850" cy="1228452"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -6478,56 +6478,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId82">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image24.png"/>
+                    <wp:docPr id="9" name="image25.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image24.png"/>
+                            <pic:cNvPr id="0" name="image25.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId83"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7343,56 +7343,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId84">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image3.png"/>
+                    <wp:docPr id="4" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId85"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7413,56 +7413,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId86">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="24" name="image30.png"/>
+                    <wp:docPr id="24" name="image28.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image30.png"/>
+                            <pic:cNvPr id="0" name="image28.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId87"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7483,56 +7483,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId88">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="35" name="image35.png"/>
+                    <wp:docPr id="35" name="image33.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image35.png"/>
+                            <pic:cNvPr id="0" name="image33.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId89"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7658,56 +7658,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId90">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1270629"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="38" name="image44.png"/>
+                    <wp:docPr id="38" name="image45.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image44.png"/>
+                            <pic:cNvPr id="0" name="image45.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId91"/>
                             <a:srcRect b="24909" l="0" r="0" t="24102"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1270629"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7728,56 +7728,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId92">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1243971" cy="1857375"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="28" name="image33.png"/>
+                    <wp:docPr id="28" name="image34.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image33.png"/>
+                            <pic:cNvPr id="0" name="image34.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId93"/>
                             <a:srcRect b="0" l="20928" r="11576" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm rot="5400000">
                               <a:off x="0" y="0"/>
                               <a:ext cx="1243971" cy="1857375"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7798,56 +7798,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId94">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="25" name="image29.png"/>
+                    <wp:docPr id="25" name="image24.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image29.png"/>
+                            <pic:cNvPr id="0" name="image24.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId95"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7980,56 +7980,56 @@
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dialogue</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> and answer the questions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="4203700"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="44" name="image34.png"/>
+            <wp:docPr id="44" name="image30.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image34.png"/>
+                    <pic:cNvPr id="0" name="image30.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId96"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="4203700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -9409,56 +9409,56 @@
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:hyperlink r:id="rId97">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:drawing>
             <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
               <wp:extent cx="428625" cy="190500"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
-              <wp:docPr id="14" name="image5.png"/>
+              <wp:docPr id="14" name="image1.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image5.png"/>
+                      <pic:cNvPr id="0" name="image1.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId98"/>
                       <a:srcRect b="0" l="0" r="0" t="0"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="428625" cy="190500"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9566,91 +9566,91 @@
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial Unicode MS"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="33" name="image23.png"/>
+          <wp:docPr id="33" name="image17.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image23.png"/>
+                  <pic:cNvPr id="0" name="image17.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="8" name="image20.png"/>
+          <wp:docPr id="8" name="image31.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image20.png"/>
+                  <pic:cNvPr id="0" name="image31.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -9975,55 +9975,55 @@
   <w:style w:type="table" w:styleId="Table10">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table11">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table12">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/13260/flag-of-england-united-kingdom" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/258277/Flag-of-Austria" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/258351/Flag-of-the-Netherlands" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/315546/hilal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/258078/Ukraine-flag" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1uNkHz1koLNHrFho8AsFaOCA2hwzfRV1PHuNxsMFmh50/edit#heading=h.ktkus0ccq3de" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/246302/flag-of-italy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/246223/framed-flag-of-japan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/110857/greece" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/179176/usa-flag" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/258326/Flag-of-Hungary" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-ziyep" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jfuyg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-siddx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fticg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/turkish-food-b%C3%B6rek-food-1379215/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sidmx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Youtube.png" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=wp7KHUiuTfk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jzwse" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jzseo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sidly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sidlz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbrae" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Kranjska_klobasa.jpg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-svhxn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sidet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbsdy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fkrfs" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jhdze" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jjrqp" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-swxdp" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Risotto_al_nero_di_seppia.jpg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/photos/a-piece-of-pizza-with-pineapple-on-top-of-it-sb-liaMN3BQ" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.m.wikimedia.org/wiki/File:Penne_with_Gorgonzola,_broccoli,_chicken,_and_Savoy_cabbage_%E3%83%96%E3%83%AD%E3%83%83%E3%82%B3%E3%83%AA%E3%83%BC%E3%80%81%E3%83%81%E3%82%AD%E3%83%B3%E3%80%81%E7%B8%AE%E7%B7%AC%E3%82%AD%E3%83%A3%E3%83%99%E3%83%84%E5%85%A5%E3%82%8A%E3%83%9A%E3%83%B3%E3%83%8D%E3%81%AE%E3%82%B4%E3%83%AB%E3%82%B4%E3%83%B3%E3%82%BE%E3%83%BC%E3%83%A9%E3%82%BD%E3%83%BC%E3%82%B9.jpg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fkrzz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/hrana-pice/deserti-kolaci/kolaca-tijesta-brasno-slatko-pita-hrana" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Shaved_black_truffles_with_pasta_-_Spago_Las_Vegas_-_March_2022_-_Sarah_Stierch.jpg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Stacked_soparnik_pieces_06.jpg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Kremna_rezina.jpg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/hrana-pice/povrce-rucak-krema-vecera-juha-hrana-ukusna-zdjela" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croatiaweek.com/croatian-recipes-soparnik/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/cokoladna-torta-borovnica-voce-kupina-malina" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/275456/flag-of-spain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/17753/flag-of-slovenia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:2015_0723_Apfelstrudel_Gaislachalm_S%C3%B6lden.jpg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Stacked_soparnik_pieces_06.jpg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jrlxz" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/13260/flag-of-england-united-kingdom" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/258277/Flag-of-Austria" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/258351/Flag-of-the-Netherlands" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/315546/hilal" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/258078/Ukraine-flag" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1uNkHz1koLNHrFho8AsFaOCA2hwzfRV1PHuNxsMFmh50/edit#heading=h.ktkus0ccq3de" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/246302/flag-of-italy" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/246223/framed-flag-of-japan" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/110857/greece" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/179176/usa-flag" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/258326/Flag-of-Hungary" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-ziyep" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jfuyg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-siddx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fticg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/turkish-food-b%C3%B6rek-food-1379215/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sidmx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Youtube.png" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.youtube.com/watch?v=wp7KHUiuTfk" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jzwse" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jzseo" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sidly" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sidlz" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbrae" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Kranjska_klobasa.jpg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-svhxn" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sidet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbsdy" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fkrfs" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jhdze" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jjrqp" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-swxdp" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Risotto_al_nero_di_seppia.jpg" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/photos/a-piece-of-pizza-with-pineapple-on-top-of-it-sb-liaMN3BQ" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.m.wikimedia.org/wiki/File:Penne_with_Gorgonzola,_broccoli,_chicken,_and_Savoy_cabbage_%E3%83%96%E3%83%AD%E3%83%83%E3%82%B3%E3%83%AA%E3%83%BC%E3%80%81%E3%83%81%E3%82%AD%E3%83%B3%E3%80%81%E7%B8%AE%E7%B7%AC%E3%82%AD%E3%83%A3%E3%83%99%E3%83%84%E5%85%A5%E3%82%8A%E3%83%9A%E3%83%B3%E3%83%8D%E3%81%AE%E3%82%B4%E3%83%AB%E3%82%B4%E3%83%B3%E3%82%BE%E3%83%BC%E3%83%A9%E3%82%BD%E3%83%BC%E3%82%B9.jpg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fkrzz" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/hrana-pice/deserti-kolaci/kolaca-tijesta-brasno-slatko-pita-hrana" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Shaved_black_truffles_with_pasta_-_Spago_Las_Vegas_-_March_2022_-_Sarah_Stierch.jpg" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.jpg"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Stacked_soparnik_pieces_06.jpg" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Kremna_rezina.jpg" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/hrana-pice/povrce-rucak-krema-vecera-juha-hrana-ukusna-zdjela" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.croatiaweek.com/croatian-recipes-soparnik/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/cokoladna-torta-borovnica-voce-kupina-malina" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/275456/flag-of-spain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/17753/flag-of-slovenia" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:2015_0723_Apfelstrudel_Gaislachalm_S%C3%B6lden.jpg" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Stacked_soparnik_pieces_06.jpg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jrlxz" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>