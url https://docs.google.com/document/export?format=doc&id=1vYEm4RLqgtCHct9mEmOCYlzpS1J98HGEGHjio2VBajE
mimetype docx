--- v0 (2025-12-17)
+++ v1 (2025-12-21)
@@ -191,56 +191,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2349500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image4.png"/>
+                    <wp:docPr id="1" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2349500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -274,56 +274,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2095500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image3.png"/>
+                    <wp:docPr id="4" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2095500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1293,56 +1293,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1981200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image2.png"/>
+                  <wp:docPr id="2" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1981200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1375,56 +1375,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId15">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1990716"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image5.png"/>
+                    <wp:docPr id="5" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="11371" l="0" r="0" t="18728"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1990716"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1845,56 +1845,56 @@
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial Unicode MS"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="6" name="image1.png"/>
+          <wp:docPr id="6" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
@@ -2236,55 +2236,55 @@
   <w:style w:type="table" w:styleId="Table6">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table7">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table8">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/ingredients-sugar-flour-ingredient-575730/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.expatincroatia.com/what-is-a-tisak/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coolinarika.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Logotip_Tisak_paket.jpg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1PceyEKWoUu9moHv9QgYBz4kbedsRnUQor6F2wLgPUf8/edit#heading=h.shfvwvk0v5f7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/c8/m2/lekcija2/grammar/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1Z1pPuE4WI7D_z4n6Tx58-AZICYCO6DpK7NFp_zTiKUI/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/recipe-label-icon-symbol-spoon-575434/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/ingredients-sugar-flour-ingredient-575730/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.expatincroatia.com/what-is-a-tisak/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coolinarika.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Logotip_Tisak_paket.jpg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1PceyEKWoUu9moHv9QgYBz4kbedsRnUQor6F2wLgPUf8/edit#heading=h.shfvwvk0v5f7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/c8/m2/lekcija2/grammar/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1Z1pPuE4WI7D_z4n6Tx58-AZICYCO6DpK7NFp_zTiKUI/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/recipe-label-icon-symbol-spoon-575434/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>