--- v1 (2025-12-21)
+++ v2 (2025-12-23)
@@ -191,56 +191,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2349500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image5.png"/>
+                    <wp:docPr id="1" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2349500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -274,56 +274,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2095500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image4.png"/>
+                    <wp:docPr id="4" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2095500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1293,56 +1293,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1981200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image1.png"/>
+                  <wp:docPr id="2" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1981200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1845,56 +1845,56 @@
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial Unicode MS"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="6" name="image2.png"/>
+          <wp:docPr id="6" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
@@ -2236,55 +2236,55 @@
   <w:style w:type="table" w:styleId="Table6">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table7">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table8">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/ingredients-sugar-flour-ingredient-575730/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.expatincroatia.com/what-is-a-tisak/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coolinarika.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Logotip_Tisak_paket.jpg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1PceyEKWoUu9moHv9QgYBz4kbedsRnUQor6F2wLgPUf8/edit#heading=h.shfvwvk0v5f7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/c8/m2/lekcija2/grammar/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1Z1pPuE4WI7D_z4n6Tx58-AZICYCO6DpK7NFp_zTiKUI/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/recipe-label-icon-symbol-spoon-575434/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/ingredients-sugar-flour-ingredient-575730/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.expatincroatia.com/what-is-a-tisak/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.coolinarika.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Logotip_Tisak_paket.jpg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1PceyEKWoUu9moHv9QgYBz4kbedsRnUQor6F2wLgPUf8/edit#heading=h.shfvwvk0v5f7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/c8/m2/lekcija2/grammar/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1Z1pPuE4WI7D_z4n6Tx58-AZICYCO6DpK7NFp_zTiKUI/edit?usp=sharing" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/recipe-label-icon-symbol-spoon-575434/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>