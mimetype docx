--- v0 (2025-11-04)
+++ v1 (2025-11-10)
@@ -78,91 +78,94 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The question word </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">odkud </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">means ‘from where’. You use it to ask where someone is from, as in:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Odkud jste?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Where are you from? (lit. From where are you?)</w:t>
       </w:r>
@@ -170,131 +173,136 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_dp19p7xjvgw0" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ifk4zp661jl7" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The word </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">z - ‘</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">from’, and so you would answer </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">já jsem z __________.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_sd6nnbtrtr6i" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">You should respond by using the preposition </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">z </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- ‘from’ and the name of the city, town, or country. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">However</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, there is an additional change we need to make…</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -307,50 +315,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_1rkvkk4qa9f6" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The preposition z is followed by what are called the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Genitive case endings</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. We will learn more about cases in Unit 2, however we have seen at least a taste of this. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
@@ -363,50 +372,51 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_qnjw6z7x1ky1" w:id="7"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Genitive Endings for Saying </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">where from?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7615zxpb5ns4" w:id="8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -473,185 +483,195 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">N</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="3480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="a4c2f4" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Hard stem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="999999" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -659,153 +679,158 @@
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">not applicable here</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-u</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">nouns ending in -ov</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Krakov - z Krakova</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">nouns ending in -ín or -ýn</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -831,50 +856,51 @@
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Londýn - z Londýna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-y</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
@@ -913,57 +939,59 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ukrajina - z Ukrajiny</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-a</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
@@ -1010,160 +1038,166 @@
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="360" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="a4c2f4" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft stem</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:shd w:fill="999999" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">not applicable here</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-e</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">počítače</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-e</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Francie - z Francie</w:t>
             </w:r>
@@ -1179,113 +1213,117 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-e</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">there are virtually no neuter place names ending in -e in Czech. If you find one, it is most likely feminine</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-í</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">z Ústí nad Labem</w:t>
             </w:r>
@@ -1295,142 +1333,146 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="a4c2f4" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="999999" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-e</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
@@ -1454,161 +1496,165 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">For now you </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">should focus not on memorizing all of the endings</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> given in the chart below, but rather becoming comfortable with understanding them in use, getting a little practice working from the chart, and learning a few forms that are common or relevant to your life (i.e. where you are from, your parents, etc.).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Additionally, you should know that you’ll occasionally run into a variant form </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ze</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, instead of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">z</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. It is used to help with pronunciation, as summarized in the chart below:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1667,100 +1713,108 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">z</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ze</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
@@ -1845,59 +1899,61 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xipdutcpkthv" w:id="11"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_dpgcwlz0jmly" w:id="12"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Examples:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
         <w:tblW w:w="12960.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6480"/>
@@ -1914,291 +1970,305 @@
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Odkud je Pavel? -Pavel je z Ostravy.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Where is Pavel from? -Pavel is from Ostrava.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Odkud je Eva? -Eva je z Prahy.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Where is Eva from? -Eva is from Prague.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Odkud je Tomáš? -Tomáš je z Liberce.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Where is Tomáš from? -Tomáš is from Liberec.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Odkud je Martina? -Martina je z Brna.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Where is Martina from? -Martina is from Brno.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Odkud je Sára? -Sára je </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ze </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Slovenska.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Where is Sára from? -Sára is from Slovakia.</w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -2332,96 +2402,97 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:drawing>
             <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
               <wp:extent cx="8229600" cy="6197600"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
-              <wp:docPr id="2" name="image1.png"/>
+              <wp:docPr id="2" name="image2.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image1.png"/>
+                      <pic:cNvPr id="0" name="image2.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId9"/>
                       <a:srcRect b="1691" l="0" r="0" t="5496"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="8229600" cy="6197600"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Evropa</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -2430,108 +2501,110 @@
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:drawing>
             <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
               <wp:extent cx="8229600" cy="4838700"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
-              <wp:docPr id="3" name="image2.png"/>
+              <wp:docPr id="3" name="image1.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image2.png"/>
+                      <pic:cNvPr id="0" name="image1.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId11"/>
                       <a:srcRect b="0" l="0" r="0" t="4735"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="8229600" cy="4838700"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Spojené státy americké</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
       <w:pPr>
@@ -2658,185 +2731,189 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cs.wikipedia.org/wiki/St%C3%A1ty_USA#/media/File:Map_of_USA_with_state_names.svg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1zSVvQ1Po3k4-Sw8GvM3yMtkm03U0BWQ_nCFanxEs1Es/edit#heading=h.3lb64za6a0e3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cs.wikipedia.org/wiki/Soubor:CZ-mapa_with_czech_description.png" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Europe_countries_map_cs.png" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cs.wikipedia.org/wiki/St%C3%A1ty_USA#/media/File:Map_of_USA_with_state_names.svg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1zSVvQ1Po3k4-Sw8GvM3yMtkm03U0BWQ_nCFanxEs1Es/edit#heading=h.3lb64za6a0e3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cs.wikipedia.org/wiki/Soubor:CZ-mapa_with_czech_description.png" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Europe_countries_map_cs.png" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>