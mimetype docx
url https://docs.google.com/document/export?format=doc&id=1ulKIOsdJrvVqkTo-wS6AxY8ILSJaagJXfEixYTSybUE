--- v0 (2025-10-13)
+++ v1 (2025-12-14)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
@@ -88,56 +89,56 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="56"/>
                 <w:szCs w:val="56"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_k41gute69754" w:id="1"/>
             <w:bookmarkEnd w:id="1"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="528638" cy="528638"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="9" name="image3.png"/>
+                  <wp:docPr id="9" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="528638" cy="528638"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -165,105 +166,108 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="46"/>
                 <w:szCs w:val="46"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ri5nhyup395f" w:id="2"/>
             <w:bookmarkEnd w:id="2"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="46"/>
                 <w:szCs w:val="46"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Using the </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="46"/>
                 <w:szCs w:val="46"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Reality Czech</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="46"/>
                 <w:szCs w:val="46"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> Curriculum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Reality Czech</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> curriculum is composed of multiple components which exist over several platforms (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Reality Czech</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> website, Canvas course site, Quizlet) as well as various media types (online and print). This document serves to provide an overview of these different components and how they fit together. Here is an example of what students see for each day:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -455,132 +459,138 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="b7b7b7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Communicative Goals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="b7b7b7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grammar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="b7b7b7" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -752,50 +762,51 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">accusative with liking foods and ordering in a restaurant</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">the reflexive pronoun </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">si</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
@@ -1030,84 +1041,87 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Unit Structure</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Reality Czech</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> course utilizes techniques of blended learning and is designed from the ground up to leverage the advantages of online instruction in combination with classroom activities. In other words, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Reality Czech</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> is an example of a so-called </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">flipped</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> classroom. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">When learning and practice can be best achieved through independent work, these tasks are completed at home. On the other hand, students benefit greatly from interaction with each other and an instructor. These activities are specifically situated within classroom instruction.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
@@ -1123,138 +1137,141 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Units are subdivided into between 10-12 modules that correspond to instructional days during the semester. Each day contains a </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">pre-class</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">in-class</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, and </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">post-class</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> component which are completed sequentially:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6738938" cy="1028101"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image1.png"/>
+            <wp:docPr id="2" name="image5.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.png"/>
+                    <pic:cNvPr id="0" name="image5.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6738938" cy="1028101"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1306,50 +1323,51 @@
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Vocabulary Learning</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Vocabulary is provided to students at the beginning of each unit in the form of a list, but much of the vocabulary is best learned in parts as it becomes contextually relevant for meeting communicative goals. Students are introduced to new vocabulary primarily through the Quizlet platform, which offers many different ways of learning vocabulary. The following types of activities are utilized multiple times throughout a unit to introduce, drill, and ultimately activate vocabulary:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1396,139 +1414,141 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2609850" cy="1257300"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="11" name="image19.png"/>
+                  <wp:docPr id="11" name="image17.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image19.png"/>
+                          <pic:cNvPr id="0" name="image17.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="6547" l="0" r="0" t="8333"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2609850" cy="1257300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">flashcards </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- each card includes a picture with the Czech word next to it. Pairing vocabulary words with pictures strengthens the link between concept and vocabulary item. Students may click on this Czech word to hear an audio recording of the vocabulary item. English definitions are provided on the reverse side of the card.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
@@ -1566,139 +1586,141 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2609850" cy="1257300"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image12.png"/>
+                  <wp:docPr id="5" name="image7.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image12.png"/>
+                          <pic:cNvPr id="0" name="image7.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="5952" l="0" r="0" t="8333"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2609850" cy="1257300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">learning exercise</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - this Quizlet type consists of two components. The first component offers students the Czech word(s) and asks them to match them with an English definition paired with a picture. After several iterations, students are then asked to write out the Czech words for given English word/picture.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
@@ -1774,50 +1796,51 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">write in target word</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - here students are asked to write in the Czech equivalent of English words which are paired with a picture.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
@@ -1855,98 +1878,99 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2609850" cy="1231900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="21" name="image18.png"/>
+                  <wp:docPr id="21" name="image16.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image18.png"/>
+                          <pic:cNvPr id="0" name="image16.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:srcRect b="7738" l="0" r="0" t="8333"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2609850" cy="1231900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">matching 1 </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Here students match a Czech word to picture with English description.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
@@ -1962,115 +1986,117 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2609850" cy="1257300"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="12" name="image2.png"/>
+                  <wp:docPr id="12" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13"/>
                           <a:srcRect b="5952" l="0" r="0" t="8928"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2609850" cy="1257300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">listen and write</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - students see a picture and hear the Czech word being pronounced. They are then asked to write that word in Czech. This exercise further reinforces the link between a Czech word and its meaning and crucially makes listening a key component of vocabulary/meaning integration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -2080,139 +2106,141 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2609850" cy="1257300"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image5.png"/>
+                  <wp:docPr id="3" name="image20.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image5.png"/>
+                          <pic:cNvPr id="0" name="image20.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:srcRect b="5952" l="0" r="0" t="8928"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2609850" cy="1257300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">matching 2</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - for this exercise students can only match Czech words with a picture. This exercise further aids in vocabulary/meaning integration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -2255,104 +2283,105 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:ind w:left="-90" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Interview Videos</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - Every unit has a list of questions that students should be able to answer by the end of the unit and correspond to the unit’s communicative goals.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:ind w:left="-90" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:ind w:left="-90" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2828925" cy="3073400"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="18" name="image21.png"/>
+                  <wp:docPr id="18" name="image8.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image21.png"/>
+                          <pic:cNvPr id="0" name="image8.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:srcRect b="21743" l="0" r="0" t="1522"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2828925" cy="3073400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2411,109 +2440,109 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="-90" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="3690938" cy="7830773"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="13" name="image10.png"/>
+                  <wp:docPr id="13" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3690938" cy="7830773"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="3752850" cy="4178300"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="7" name="image20.png"/>
+                  <wp:docPr id="7" name="image18.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image20.png"/>
+                          <pic:cNvPr id="0" name="image18.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3752850" cy="4178300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2536,50 +2565,51 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:ind w:left="-90" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Cultural Lessons </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- Culture is frequently integrated into vocabulary lessons and grammar instruction in the sense that these topics often go hand in hand together. An effort is made to provide both low and high culture to students. An effort is made to provide both accurate information and also avoid providing a stereotyped description of Czech culture. To that end, non-canonical culture is also introduced through videos, especially openly licensed content found on the internet.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -2594,72 +2624,74 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Grammar Lessons and Exercises</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Czech has a complex morphology and elaborate case system. This and other concepts such as verbal aspect, determinacy in motion verbs, etc. require a certain amount of overt grammatical instruction throughout the course. While there is a heavy grammar emphasis at times, students learn the grammar that is necessary to meet the communicative goals. While this is a departure from the heavier grammar-driven approach of most textbooks of Czech currently available, we have found that this approach results in better results and longer retention of grammar.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2713,56 +2745,56 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="3295650" cy="2667000"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="16" name="image8.png"/>
+                  <wp:docPr id="16" name="image14.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image14.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18"/>
                           <a:srcRect b="2293" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3295650" cy="2667000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2785,56 +2817,56 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="3295650" cy="2654300"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image16.png"/>
+                  <wp:docPr id="8" name="image21.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image16.png"/>
+                          <pic:cNvPr id="0" name="image21.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19"/>
                           <a:srcRect b="2272" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3295650" cy="2654300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2956,50 +2988,51 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:ind w:left="-90" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">SoundCzech</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - SoundCzech is a radio program on Czech Radio which explores the Czech language through songs. Typically they take one or two lines from a song and expand on them to include a variety of useful and interesting phrases. These are incorporated into relevant pre-class assignments approximately 2-3 times per unit. They are followed by a quiz to make sure that the students completed the listening and reading. A key useful phrase or two is then selected from this and becomes the locus of a class activity the following day.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -3009,56 +3042,56 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="3295650" cy="3505200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="6" name="image17.png"/>
+                  <wp:docPr id="6" name="image10.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image17.png"/>
+                          <pic:cNvPr id="0" name="image10.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3295650" cy="3505200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3072,50 +3105,51 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Thematic Videos</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - thematic videos contribute both to learning about Czech culture as well as language instruction. They are typically first introduced in class and are followed by a quiz which tests comprehension of content and language.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3240,56 +3274,56 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="3295650" cy="1866900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image7.png"/>
+                  <wp:docPr id="10" name="image19.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image19.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId22"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="3295650" cy="1866900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3326,50 +3360,51 @@
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Here an example of a video shot for the course in the popular pub </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lokál</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">. It demonstrates ordering and eating in a pub in the Czech Republic.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
@@ -3458,50 +3493,51 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Reality Czech</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> activity book is the primary source of materials for classroom activities. The goal of the activity book is to provide opportunities for speaking in pairs, groups, and between the class and the instructor in a structured manner. An effort is made to vary the types of activities so that a student has opportunities to interact with multiple people in a variety of ways throughout a class meeting.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3597,56 +3633,56 @@
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="2705100"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="14" name="image14.png"/>
+                  <wp:docPr id="14" name="image6.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image14.png"/>
+                          <pic:cNvPr id="0" name="image6.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="2705100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3681,56 +3717,56 @@
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="2638425"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="19" name="image13.png"/>
+                  <wp:docPr id="19" name="image12.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image13.png"/>
+                          <pic:cNvPr id="0" name="image12.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId24"/>
                           <a:srcRect b="0" l="0" r="0" t="3484"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="2638425"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3888,56 +3924,56 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="3695700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="4" name="image6.png"/>
+                  <wp:docPr id="4" name="image13.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image13.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId25"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="3695700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3960,56 +3996,56 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="3530600"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="17" name="image4.png"/>
+                  <wp:docPr id="17" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId26"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="3530600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -4412,50 +4448,51 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4478,148 +4515,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:pPr/>
     <w:rPr/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:pPr/>
       <w:rPr/>
       <w:tcPr/>
@@ -4748,51 +4789,51 @@
   <w:style w:type="table" w:styleId="Table7">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table8">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table9">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>