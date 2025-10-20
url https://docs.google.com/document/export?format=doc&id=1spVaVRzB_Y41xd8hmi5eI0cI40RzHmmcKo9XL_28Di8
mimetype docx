--- v0 (2025-10-20)
+++ v1 (2025-10-20)
@@ -179,56 +179,56 @@
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1384300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image6.png"/>
+                    <wp:docPr id="6" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1384300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -957,56 +957,56 @@
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1510176" cy="1376363"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image5.png"/>
+                    <wp:docPr id="5" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="19305" l="0" r="0" t="12355"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1510176" cy="1376363"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1719,51 +1719,51 @@
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/14tCPdHe1gK5tCShdXGDvySqLB4oCcHbBVnYk_bzwABI/edit#heading=h.lcrvb372l8xg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:V%C3%A1noce,_cukrov%C3%AD_na_tal%C3%AD%C5%99i,_zvrchu.jpg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:V%C3%A1noce,_cukrov%C3%AD,_vos%C3%AD_hn%C3%ADzdo.jpg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:V%C3%A1no%C4%8Dn%C3%AD_cukrov%C3%AD._(04).jpg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:O%C5%99echy_(cukrov%C3%AD).jpg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Wikipedia:Text_of_Creative_Commons_Attribution-ShareAlike_3.0_Unported_License" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Vanocni_cukrovi_3.JPG" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cs.wikipedia.org/wiki/V%C3%A1no%C4%8Dn%C3%AD_cukrov%C3%AD" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:V%C3%A1noce,_cukrov%C3%AD,_pern%C3%AD%C4%8Dky.jpg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/14tCPdHe1gK5tCShdXGDvySqLB4oCcHbBVnYk_bzwABI/edit#heading=h.lcrvb372l8xg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:V%C3%A1noce,_cukrov%C3%AD_na_tal%C3%AD%C5%99i,_zvrchu.jpg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:V%C3%A1noce,_cukrov%C3%AD,_vos%C3%AD_hn%C3%ADzdo.jpg" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:V%C3%A1no%C4%8Dn%C3%AD_cukrov%C3%AD._(04).jpg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:O%C5%99echy_(cukrov%C3%AD).jpg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Wikipedia:Text_of_Creative_Commons_Attribution-ShareAlike_3.0_Unported_License" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Vanocni_cukrovi_3.JPG" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cs.wikipedia.org/wiki/V%C3%A1no%C4%8Dn%C3%AD_cukrov%C3%AD" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:V%C3%A1noce,_cukrov%C3%AD,_pern%C3%AD%C4%8Dky.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>