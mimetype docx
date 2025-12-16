--- v0 (2025-10-23)
+++ v1 (2025-12-16)
@@ -1,32 +1,33 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_cyj14tqlmfg4" w:id="0"/>
@@ -206,56 +207,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2133600"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image36.jpg"/>
+                    <wp:docPr id="10" name="image33.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image36.jpg"/>
+                            <pic:cNvPr id="0" name="image33.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2133600"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1002,56 +1003,56 @@
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1057275" cy="889000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image7.png"/>
+                    <wp:docPr id="3" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="13929" r="13332" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1057275" cy="889000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1083,56 +1084,56 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="990600" cy="990600"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image14.png"/>
+                    <wp:docPr id="11" name="image19.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image19.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="990600" cy="990600"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1165,56 +1166,56 @@
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="379538" cy="989609"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image6.png"/>
+                    <wp:docPr id="2" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="379538" cy="989609"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1460,56 +1461,56 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="991195" cy="928688"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="34" name="image24.png"/>
+                    <wp:docPr id="34" name="image25.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image24.png"/>
+                            <pic:cNvPr id="0" name="image25.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="991195" cy="928688"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1535,56 +1536,56 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="980058" cy="785813"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="26" name="image29.png"/>
+                    <wp:docPr id="26" name="image24.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image29.png"/>
+                            <pic:cNvPr id="0" name="image24.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId21"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="980058" cy="785813"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1610,56 +1611,56 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId22">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="928688" cy="1018117"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="23" name="image22.png"/>
+                    <wp:docPr id="23" name="image20.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image22.png"/>
+                            <pic:cNvPr id="0" name="image20.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId23"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="928688" cy="1018117"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1685,56 +1686,56 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="660647" cy="895350"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image5.png"/>
+                    <wp:docPr id="15" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId25"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="660647" cy="895350"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1898,56 +1899,56 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="914846" cy="914846"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image1.png"/>
+                    <wp:docPr id="16" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId27"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="914846" cy="914846"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1973,56 +1974,56 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="981521" cy="885503"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="19" name="image2.png"/>
+                    <wp:docPr id="19" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId29"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="981521" cy="885503"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2042,56 +2043,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId30">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1285875" cy="1101128"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image12.png"/>
+                    <wp:docPr id="17" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId31"/>
                             <a:srcRect b="23441" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1285875" cy="1101128"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2111,56 +2112,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId32">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1323975" cy="711200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="24" name="image11.png"/>
+                    <wp:docPr id="24" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId33"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1323975" cy="711200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2324,56 +2325,56 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId34">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="846687" cy="925874"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image13.png"/>
+                    <wp:docPr id="9" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId35"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="846687" cy="925874"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2393,56 +2394,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId36">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1314450" cy="812800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image10.png"/>
+                    <wp:docPr id="18" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId37"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1314450" cy="812800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2468,56 +2469,56 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId38">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="814388" cy="645478"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="31" name="image16.png"/>
+                    <wp:docPr id="31" name="image23.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image23.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId39"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="814388" cy="645478"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2543,56 +2544,56 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId40">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1090613" cy="494306"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="33" name="image30.png"/>
+                    <wp:docPr id="33" name="image29.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image30.png"/>
+                            <pic:cNvPr id="0" name="image29.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId41"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1090613" cy="494306"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2750,56 +2751,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId42">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1323975" cy="723900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image3.png"/>
+                    <wp:docPr id="14" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId43"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1323975" cy="723900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2819,56 +2820,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId44">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1314450" cy="1143000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image4.png"/>
+                    <wp:docPr id="4" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId45"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1314450" cy="1143000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2888,56 +2889,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId46">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1285875" cy="1003300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="37" name="image25.png"/>
+                    <wp:docPr id="37" name="image27.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image25.png"/>
+                            <pic:cNvPr id="0" name="image27.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId47"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1285875" cy="1003300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2957,56 +2958,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId48">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="919163" cy="787854"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="27" name="image20.png"/>
+                    <wp:docPr id="27" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image20.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId49"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="919163" cy="787854"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3222,56 +3223,56 @@
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId50">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="242888" cy="231321"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image8.png"/>
+                    <wp:docPr id="12" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId51"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="242888" cy="231321"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3446,115 +3447,118 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId55">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sonja Dvornik: </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId56">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Klikom svud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_vanxqxcvcgi4" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2.3 Zadatak 21. Što nose?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">👥 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Rad u paru.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Look at the following </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">pictures</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Pick one person from the list. Talk with a classmate and describe what each person wears. Your classmate needs to guess who you are referring to. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -3650,56 +3654,56 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId57">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="4254500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="28" name="image23.png"/>
+                    <wp:docPr id="28" name="image22.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image23.png"/>
+                            <pic:cNvPr id="0" name="image22.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId58"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="4254500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3802,56 +3806,56 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId61">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image15.png"/>
+                    <wp:docPr id="8" name="image26.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image26.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId62"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3875,56 +3879,56 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId63">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image9.png"/>
+                    <wp:docPr id="7" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId64"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3954,56 +3958,56 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId65">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="4254500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="38" name="image33.png"/>
+                    <wp:docPr id="38" name="image35.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image33.png"/>
+                            <pic:cNvPr id="0" name="image35.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId66"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="4254500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4027,56 +4031,56 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId67">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="4254500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="32" name="image27.jpg"/>
+                    <wp:docPr id="32" name="image30.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image27.jpg"/>
+                            <pic:cNvPr id="0" name="image30.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId68"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="4254500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6595,56 +6599,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId69">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1230990"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image17.jpg"/>
+                    <wp:docPr id="1" name="image12.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image17.jpg"/>
+                            <pic:cNvPr id="0" name="image12.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId70"/>
                             <a:srcRect b="0" l="0" r="0" t="10377"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1230990"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6664,56 +6668,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId71">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="22" name="image26.jpg"/>
+                    <wp:docPr id="22" name="image15.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image26.jpg"/>
+                            <pic:cNvPr id="0" name="image15.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId72"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6733,56 +6737,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId73">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1240515"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="20" name="image19.jpg"/>
+                    <wp:docPr id="20" name="image17.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image19.jpg"/>
+                            <pic:cNvPr id="0" name="image17.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId74"/>
                             <a:srcRect b="0" l="0" r="0" t="10023"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1240515"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6813,59 +6817,61 @@
         <w:pStyle w:val="Heading2"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p6ewpwakxkem" w:id="13"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="0096fa"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Razumijevanje </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Amatic SC" w:cs="Amatic SC" w:eastAsia="Amatic SC" w:hAnsi="Amatic SC"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Amatic SC" w:cs="Amatic SC" w:eastAsia="Amatic SC" w:hAnsi="Amatic SC"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Vokabular:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">biti sređen = dressed to the nines</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -7984,56 +7990,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId75">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1384300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image35.jpg"/>
+                    <wp:docPr id="13" name="image36.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image35.jpg"/>
+                            <pic:cNvPr id="0" name="image36.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId76"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1384300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8167,59 +8173,61 @@
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Amatic SC" w:cs="Amatic SC" w:eastAsia="Amatic SC" w:hAnsi="Amatic SC"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Amatic SC" w:cs="Amatic SC" w:eastAsia="Amatic SC" w:hAnsi="Amatic SC"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="cc0000"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Vokabular:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Biti viđen = to be seen</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table13"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
@@ -9924,113 +9932,119 @@
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">2 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 3: Rad na satu</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000109">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Kamo ideš?</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -10053,148 +10067,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:spacing w:after="120" w:before="400" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="0096fa"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
@@ -10252,51 +10270,51 @@
   <w:style w:type="table" w:styleId="Table11">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table12">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table13">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/158353/sunglasses" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/281199/sunbather-colour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/214331/scarf-coloured" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/270103/guanti-remix-brown-green-gloves" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1rCa1PM_Z2rp4XEebhzpK505Z1xMJVMUeyZPZs1h4NK4/edit#heading=h.3gxvfq99rg57" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/shorts-beach-clothing-summer-149409/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/xikki/493549024/in/photolist-iUaTed-dZtF64-KByVW-2aZ5eLB-NxSCsH-2aZ5eVz-2aZ5eRr-2aZ5ePH" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/indiawest/2159821659/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/78682408@N08/7042339591/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1w98IEdpZVCRCpUjxyqCbP1yfh-GuJTmI" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/328328/slippers" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1w98IEdpZVCRCpUjxyqCbP1yfh-GuJTmI" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/304326/sneakers" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1w98IEdpZVCRCpUjxyqCbP1yfh-GuJTmI" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/288724/flip-flops-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/slapers/44596255071/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/footwear-shoes-sneakers-trainers-312182/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/8302/baseball-cap" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/adult-bald-beard-corporate-1868750/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/tee-shirt-pink-clothing-casual-34006/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/young-guy-man-plaid-shirt-people-691106/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/7032/jacket" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pexels.com/photo/woman-in-white-crew-neck-t-shirt-holding-a-book-3987107/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/234422/red-overcoat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/100013566@N03/12853691273" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/220146/boots-coloured" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/indiawest/2160622914/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/215042/shoes-coloured" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/instagram-symbol-logo-photo-camera-1581266/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/facebook-flat-flat-icon-social-2429746/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/harperspazaar/?hl=hr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/people/klikom-svud-Sonja-Dvornik/100044356332940/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/skirt-pleated-dress-fabric-2580503/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Man_wearing_a_green_T-shirt_and_cargo_shorts.jpg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/14850/peasant-hat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/people/klikom-svud-Sonja-Dvornik/100044356332940/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/youth-girl-woman-model-pose-5200742/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/168770/black-pants" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/213805/shirt-lineart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/213608/green-pullover" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/158353/sunglasses" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/281199/sunbather-colour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/214331/scarf-coloured" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/270103/guanti-remix-brown-green-gloves" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.jpg"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1rCa1PM_Z2rp4XEebhzpK505Z1xMJVMUeyZPZs1h4NK4/edit#heading=h.3gxvfq99rg57" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.jpg"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/shorts-beach-clothing-summer-149409/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/xikki/493549024/in/photolist-iUaTed-dZtF64-KByVW-2aZ5eLB-NxSCsH-2aZ5eVz-2aZ5eRr-2aZ5ePH" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/indiawest/2159821659/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/78682408@N08/7042339591/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1w98IEdpZVCRCpUjxyqCbP1yfh-GuJTmI" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/328328/slippers" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpg"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1w98IEdpZVCRCpUjxyqCbP1yfh-GuJTmI" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/304326/sneakers" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.jpg"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/drive/folders/1w98IEdpZVCRCpUjxyqCbP1yfh-GuJTmI" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/288724/flip-flops-2" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.jpg"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/slapers/44596255071/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/footwear-shoes-sneakers-trainers-312182/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/8302/baseball-cap" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/adult-bald-beard-corporate-1868750/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/tee-shirt-pink-clothing-casual-34006/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/young-guy-man-plaid-shirt-people-691106/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/7032/jacket" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pexels.com/photo/woman-in-white-crew-neck-t-shirt-holding-a-book-3987107/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/234422/red-overcoat" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/100013566@N03/12853691273" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/220146/boots-coloured" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/indiawest/2160622914/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/215042/shoes-coloured" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/instagram-symbol-logo-photo-camera-1581266/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/facebook-flat-flat-icon-social-2429746/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/harperspazaar/?hl=hr" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/people/klikom-svud-Sonja-Dvornik/100044356332940/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/skirt-pleated-dress-fabric-2580503/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Man_wearing_a_green_T-shirt_and_cargo_shorts.jpg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/14850/peasant-hat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/people/klikom-svud-Sonja-Dvornik/100044356332940/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/youth-girl-woman-model-pose-5200742/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/168770/black-pants" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/213805/shirt-lineart" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/213608/green-pullover" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/AmaticSC-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/AmaticSC-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-regular.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-bold.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-italic.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>