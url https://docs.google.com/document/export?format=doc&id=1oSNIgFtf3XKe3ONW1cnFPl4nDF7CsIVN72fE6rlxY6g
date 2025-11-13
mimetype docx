--- v0 (2025-11-07)
+++ v1 (2025-11-13)
@@ -82,56 +82,56 @@
         </w:rPr>
         <w:t xml:space="preserve">3.1 Zadatak 5. Obitelj Petrić</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete the text below by filling in the blanks with words from the word bank. There are two extra words. You might need to change the gender for some of the words. The text is about Luka’s family from his dad’s side.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5852917" cy="3413175"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="12" name="image2.jpg"/>
+            <wp:docPr id="12" name="image4.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.jpg"/>
+                    <pic:cNvPr id="0" name="image4.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:srcRect b="26070" l="11217" r="12660" t="2035"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5852917" cy="3413175"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -546,56 +546,56 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2771775" cy="1663700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1" name="image17.jpg"/>
+                  <wp:docPr id="1" name="image3.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image17.jpg"/>
+                          <pic:cNvPr id="0" name="image3.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2771775" cy="1663700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -912,50 +912,51 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_mvc7bjc3749" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="333a91"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1 Zadatak 6. Obitelj Bogdan</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In the pictures below, we see Petra Bogdan (Mario’s sister), once with her parents and then again with her own family. She is labeled with the letter </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[b]</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> in both pictures. Read the sentences below aloud and fill in the letter of the person to whom the sentence refers and the letter of the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">speaker</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. The first one has been done for you as an example. If more than one option is possible, choose only one. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -1006,126 +1007,126 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="749808" cy="759181"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="7" name="image7.jpg"/>
+                  <wp:docPr id="7" name="image10.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.jpg"/>
+                          <pic:cNvPr id="0" name="image10.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="749808" cy="759181"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="749808" cy="759181"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="19" name="image16.jpg"/>
+                  <wp:docPr id="19" name="image12.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image16.jpg"/>
+                          <pic:cNvPr id="0" name="image12.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="749808" cy="759181"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="758952" cy="758952"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image3.jpg"/>
+                  <wp:docPr id="3" name="image7.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.jpg"/>
+                          <pic:cNvPr id="0" name="image7.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="758952" cy="758952"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1141,161 +1142,161 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="749808" cy="749808"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="20" name="image13.jpg"/>
+                  <wp:docPr id="20" name="image9.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image13.jpg"/>
+                          <pic:cNvPr id="0" name="image9.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="749808" cy="749808"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="749808" cy="749808"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="9" name="image14.jpg"/>
+                  <wp:docPr id="9" name="image16.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image14.jpg"/>
+                          <pic:cNvPr id="0" name="image16.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="749808" cy="749808"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="749808" cy="749808"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image10.jpg"/>
+                  <wp:docPr id="5" name="image11.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.jpg"/>
+                          <pic:cNvPr id="0" name="image11.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="749808" cy="749808"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="749808" cy="749808"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image9.jpg"/>
+                  <wp:docPr id="10" name="image6.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image9.jpg"/>
+                          <pic:cNvPr id="0" name="image6.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId14"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="749808" cy="749808"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1342,55 +1343,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="dce5f9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="dashed"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
@@ -1438,55 +1441,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="dce5f9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">b</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
@@ -3687,56 +3692,56 @@
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1051560" cy="1051560"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="17" name="image12.jpg"/>
+                  <wp:docPr id="17" name="image17.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image12.jpg"/>
+                          <pic:cNvPr id="0" name="image17.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1051560" cy="1051560"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3750,56 +3755,56 @@
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1051560" cy="1051560"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="4" name="image8.jpg"/>
+                  <wp:docPr id="4" name="image13.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.jpg"/>
+                          <pic:cNvPr id="0" name="image13.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1051560" cy="1051560"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3813,56 +3818,56 @@
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1051560" cy="1051560"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image4.jpg"/>
+                  <wp:docPr id="2" name="image8.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.jpg"/>
+                          <pic:cNvPr id="0" name="image8.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1051560" cy="1051560"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3876,56 +3881,56 @@
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1051560" cy="1051560"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="15" name="image15.jpg"/>
+                  <wp:docPr id="15" name="image14.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image15.jpg"/>
+                          <pic:cNvPr id="0" name="image14.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1051560" cy="1051560"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3939,56 +3944,56 @@
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1051560" cy="1051560"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="6" name="image11.jpg"/>
+                  <wp:docPr id="6" name="image15.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image11.jpg"/>
+                          <pic:cNvPr id="0" name="image15.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId16"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1051560" cy="1051560"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -4006,57 +4011,61 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ja</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mario</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
@@ -5096,105 +5105,106 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_j1qt4m8oj7pm" w:id="8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="333a91"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1 Zadatak 9. Mario i Laura, intervju</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🔊 Listen to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dialogue </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">between Mario and Laura</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. While listening, complete Mario’s family tree. When you are done, you will need to check your answers with another classmate to see if you have the correct information. In your answer you will need to say the relation and personal name of each person. Listen carefully to the dialogue and how Mario answers the questions. You can also download a </w:t>
       </w:r>
       <w:hyperlink r:id="rId17">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">fillable PDF</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5319078" cy="4390916"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="8" name="image6.jpg"/>
+            <wp:docPr id="8" name="image1.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image6.jpg"/>
+                    <pic:cNvPr id="0" name="image1.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId18"/>
                     <a:srcRect b="2337" l="12019" r="16837" t="2597"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5319078" cy="4390916"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5424,50 +5434,51 @@
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">a</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="dce5f9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -5516,55 +5527,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">c</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="dce5f9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
             <w:pPr>
@@ -5652,58 +5665,60 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Comfortaa" w:cs="Comfortaa" w:eastAsia="Comfortaa" w:hAnsi="Comfortaa"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Comfortaa" w:cs="Comfortaa" w:eastAsia="Comfortaa" w:hAnsi="Comfortaa"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Tko je tko?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table11"/>
         <w:tblW w:w="9315.0" w:type="dxa"/>
         <w:jc w:val="left"/>
@@ -6144,50 +6159,51 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Now you will have a chance to talk about your own family using the dialog above as a model. In the box below, place your family pictures that you will describe. Do not write down any other information. This picture is intended as a visual guide for you to use while describing your family. Describe your family to your partner using as much vocabulary as you can. It is fine to repeat information and to point to your picture to clarify the person about whom you are talking.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NOTE</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: If you do not feel comfortable sharing your personal picture with the rest of the class/your classmate, use an online picture. Find one that at least closely represents your real family structure and place it in the box below. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_yvh8bt4u3jhg" w:id="11"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Slika: moja obitelj</w:t>
       </w:r>
@@ -6254,56 +6270,56 @@
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Comfortaa">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="13" name="image1.png"/>
+          <wp:docPr id="13" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
@@ -6334,97 +6350,103 @@
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">3 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 1: Rad na satu</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Kakav otac, takav sin</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
@@ -6467,148 +6489,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
@@ -6653,59 +6679,59 @@
   <w:style w:type="table" w:styleId="Table9">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table10">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table11">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1NlGQGXDa0x0eTPUe6FNJYv06vO1r5ggnOCWoKdJJdTE/edit#heading=h.m8wla123h8cg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1l0V6grKaH_3EOPPDnm00HoDlzltdoEp2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1NlGQGXDa0x0eTPUe6FNJYv06vO1r5ggnOCWoKdJJdTE/edit#heading=h.m8wla123h8cg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.jpg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/file/d/1l0V6grKaH_3EOPPDnm00HoDlzltdoEp2/view?usp=sharing" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Comfortaa-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Comfortaa-bold.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>