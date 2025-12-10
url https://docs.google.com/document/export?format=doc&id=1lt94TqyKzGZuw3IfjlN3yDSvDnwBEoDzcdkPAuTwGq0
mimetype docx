--- v0 (2025-10-24)
+++ v1 (2025-12-10)
@@ -1,65 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_sd36tcaqvszj" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1.8 - Unchanging </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">to</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, part 2</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -69,174 +71,187 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">We learned earlier about </w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">unchanging </w:t>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:i w:val="1"/>
+            <w:iCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">to</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> in the expression </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">to je…</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Regardless of the gender of a noun, the phrase stayed </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">to je</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">… (i.e. you never say </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:strike w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ten je stůl</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:strike w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ta je holka</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">). When we want to say </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">those are</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">… we just say </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">to jsou…</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (and not </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:strike w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ty jsou stoly</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:strike w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ty jsou holky</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
@@ -328,1152 +343,1213 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2309813" cy="1532098"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image6.jpg"/>
+                    <wp:docPr id="9" name="image9.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.jpg"/>
+                            <pic:cNvPr id="0" name="image9.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="35652" l="0" r="0" t="5866"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2309813" cy="1532098"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To jsou</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> kamarádky.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2057228" cy="1538288"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image9.jpg"/>
+                    <wp:docPr id="4" name="image2.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.jpg"/>
+                            <pic:cNvPr id="0" name="image2.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2057228" cy="1538288"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To jsou</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> židle.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2462213" cy="1718591"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image4.png"/>
+                    <wp:docPr id="7" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2462213" cy="1718591"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To jsou</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> auta.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1600200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image8.png"/>
+                    <wp:docPr id="1" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1600200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To jsou</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> počítače.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2431938" cy="1624013"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image5.png"/>
+                    <wp:docPr id="6" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2431938" cy="1624013"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To jsou</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> psi.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2414588" cy="1612426"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image2.png"/>
+                  <wp:docPr id="5" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId18"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2414588" cy="1612426"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To jsou</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> lampy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId19">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1966913" cy="1304652"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image10.jpg"/>
+                    <wp:docPr id="8" name="image8.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.jpg"/>
+                            <pic:cNvPr id="0" name="image8.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId20"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1966913" cy="1304652"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To jsou</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> studenti.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId21">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2277298" cy="1271588"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image7.jpg"/>
+                    <wp:docPr id="10" name="image10.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.jpg"/>
+                            <pic:cNvPr id="0" name="image10.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId22"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2277298" cy="1271588"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To jsou</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> stoly.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1727200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image1.png"/>
+                  <wp:docPr id="2" name="image5.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image5.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1727200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To jsou</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> kočky.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2436773" cy="1614488"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image3.jpg"/>
+                    <wp:docPr id="3" name="image1.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.jpg"/>
+                            <pic:cNvPr id="0" name="image1.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId25"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2436773" cy="1614488"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">To jsou</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> okna.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -1531,50 +1607,51 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1597,165 +1674,169 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/juhansonin/4470259264/in/photolist-7P2fkA-bKLJh-95o2KM-sb8yE-4NuseF-opfn4Z-6BEqgU-b5CqeX-5nmAij-pNCTGM-wJHzH-7yG16N-xDuNz-2z3Mfh-9Abhho-4aVzoM-6mHwCC-8VwrvG-6mKJp9-2adY3x-48Q2qv-cm2gof-r8SCtj-69fTME-4NuroF-4oMhTS-7FGQ4-jtt6zT-9u3vKC-736Z3L-7t8kwZ-4NyFyy-4V5rM3-pwqF1G-dHjrEL-9qouUP-67pQLk-bzHkyz-4hYQBG-7mvWC-rX6tmQ-5GAs69-5tAEcZ-7SUbnD-3mK6nS-4bVJM-7AfMhE-6JX8Zv-frdDys-dsxuRJ" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/leshaines123/7418437766/in/photolist-dCEHh-rBc5G3-bZ27QC-cixr6q-7DiCYP-pb47uM-fqGN4-5dVW8M-9UPwbw-ibQnGu-7q2di-af54v-pa93BG-qE3Ls8-pyTCw5-e99hqm-ou8r-ne2VPz-os73Gg-6BNKx5-gmt9r1-4EkhPu-faBj3M-rvHFfc-8Pg1ZU-qsS2ka-qKZGNx-rLUn91-74m9Cr-652DbS-5SMvk3-4HpXSH-62JgoR-fexdhz-ezk5y-kG2nxR-cYThBL-6P6TP7-5KsMw-aqD68P-4sbx6b-a86nbN-e3zq93-467QQm-uWMAH-pEsutq-cAXxAN-mSGG52-LhHyk-UqvSw" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1zSVvQ1Po3k4-Sw8GvM3yMtkm03U0BWQ_nCFanxEs1Es/edit#heading=h.3rp9fkba7ypc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/gdoc/#1Bn5zed_HMeV9Jp75VC8ondKh77vG1BclXAml8hUCMvo" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/gdoc/#1Bn5zed_HMeV9Jp75VC8ondKh77vG1BclXAml8hUCMvo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Three_friends_(32667067136).jpg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/joeshlabotnik/456075682/in/photolist-GivpQ-oUJif5-6sp2Da-aaQxx6-9iuLYp-ffSyBS-dVF2Dj-5hMT2-5KAxyN-5ai7dm-kyPhy-hSmDyH-qQG1bN-5j9qbD-qwJq3p-2cAWK-i4sQbP-vQx3x-pc7DZz-bu8JeA-4rfiUs-24Fwq-3uxrC-gH6yTL-35pF56-78Bk16-avdLTm-qGT4Ki-8HWh81-jMxDhV-i6qAAA-oTP5mZ-bF6SjC-5Kwis8-8v9d4b-bEvkN9-6ZdgQk-5azk4W-irpX3Z-5KwipP-7ph8U4-fXBh5-gS91rt-bPxzSp-2foNMw-PKduv-mV5kax-76fynT-avt3Sr-r15nNy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/cars-parking-parking-lot-6381364/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/computer-lab-education-technology-2381149/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/shelties-dog-sheltie-animal-4104685/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/hackny/8673949525/in/photolist-edufZT-a1S7S1-aqQ9Q8-dnz3pd-6p2GQU-dM3m7n-3S1QoQ-aLYAp8-ojEury-edzT7G-5gyHFZ-aahYCJ-7AEE17-aaiQZE-9gGXrT-fuP9Ha-cXjcV5-cXj9XC-hSgh2M-cXj997-e3mjGe-9ru3Kv-a1Pee2-jBb83N-a1Pfkk-b9wuba-9ErG3Q-edufhx-aain53-aaijQA-ptg9aV-9xi9Un-a1Pfo2-a1Pfhc-a1S6F7-dM8UXw-5Ya5KY-aahYZ5-onGHT-9gGXkx-amnveH-aB6KB4-dcy3H1-63VgZe-aaAUo2-nay6fq-bo47kb-aag9wX-aanE25-nsNwZn" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/juhansonin/4470259264/in/photolist-7P2fkA-bKLJh-95o2KM-sb8yE-4NuseF-opfn4Z-6BEqgU-b5CqeX-5nmAij-pNCTGM-wJHzH-7yG16N-xDuNz-2z3Mfh-9Abhho-4aVzoM-6mHwCC-8VwrvG-6mKJp9-2adY3x-48Q2qv-cm2gof-r8SCtj-69fTME-4NuroF-4oMhTS-7FGQ4-jtt6zT-9u3vKC-736Z3L-7t8kwZ-4NyFyy-4V5rM3-pwqF1G-dHjrEL-9qouUP-67pQLk-bzHkyz-4hYQBG-7mvWC-rX6tmQ-5GAs69-5tAEcZ-7SUbnD-3mK6nS-4bVJM-7AfMhE-6JX8Zv-frdDys-dsxuRJ" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/leshaines123/7418437766/in/photolist-dCEHh-rBc5G3-bZ27QC-cixr6q-7DiCYP-pb47uM-fqGN4-5dVW8M-9UPwbw-ibQnGu-7q2di-af54v-pa93BG-qE3Ls8-pyTCw5-e99hqm-ou8r-ne2VPz-os73Gg-6BNKx5-gmt9r1-4EkhPu-faBj3M-rvHFfc-8Pg1ZU-qsS2ka-qKZGNx-rLUn91-74m9Cr-652DbS-5SMvk3-4HpXSH-62JgoR-fexdhz-ezk5y-kG2nxR-cYThBL-6P6TP7-5KsMw-aqD68P-4sbx6b-a86nbN-e3zq93-467QQm-uWMAH-pEsutq-cAXxAN-mSGG52-LhHyk-UqvSw" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1zSVvQ1Po3k4-Sw8GvM3yMtkm03U0BWQ_nCFanxEs1Es/edit#heading=h.3rp9fkba7ypc" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/gdoc/#1Bn5zed_HMeV9Jp75VC8ondKh77vG1BclXAml8hUCMvo" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/gdoc/#1Bn5zed_HMeV9Jp75VC8ondKh77vG1BclXAml8hUCMvo" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Three_friends_(32667067136).jpg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/joeshlabotnik/456075682/in/photolist-GivpQ-oUJif5-6sp2Da-aaQxx6-9iuLYp-ffSyBS-dVF2Dj-5hMT2-5KAxyN-5ai7dm-kyPhy-hSmDyH-qQG1bN-5j9qbD-qwJq3p-2cAWK-i4sQbP-vQx3x-pc7DZz-bu8JeA-4rfiUs-24Fwq-3uxrC-gH6yTL-35pF56-78Bk16-avdLTm-qGT4Ki-8HWh81-jMxDhV-i6qAAA-oTP5mZ-bF6SjC-5Kwis8-8v9d4b-bEvkN9-6ZdgQk-5azk4W-irpX3Z-5KwipP-7ph8U4-fXBh5-gS91rt-bPxzSp-2foNMw-PKduv-mV5kax-76fynT-avt3Sr-r15nNy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/cars-parking-parking-lot-6381364/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/computer-lab-education-technology-2381149/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/shelties-dog-sheltie-animal-4104685/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/hackny/8673949525/in/photolist-edufZT-a1S7S1-aqQ9Q8-dnz3pd-6p2GQU-dM3m7n-3S1QoQ-aLYAp8-ojEury-edzT7G-5gyHFZ-aahYCJ-7AEE17-aaiQZE-9gGXrT-fuP9Ha-cXjcV5-cXj9XC-hSgh2M-cXj997-e3mjGe-9ru3Kv-a1Pee2-jBb83N-a1Pfkk-b9wuba-9ErG3Q-edufhx-aain53-aaijQA-ptg9aV-9xi9Un-a1Pfo2-a1Pfhc-a1S6F7-dM8UXw-5Ya5KY-aahYZ5-onGHT-9gGXkx-amnveH-aB6KB4-dcy3H1-63VgZe-aaAUo2-nay6fq-bo47kb-aag9wX-aanE25-nsNwZn" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>