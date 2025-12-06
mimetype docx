--- v0 (2025-10-20)
+++ v1 (2025-12-06)
@@ -1,67 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_hkww0pm1z45u" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1 - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">chutná mi</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - ‘it tastes good to me’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
@@ -95,56 +97,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId7">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2181225" cy="2247900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image2.jpg"/>
+                    <wp:docPr id="5" name="image6.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.jpg"/>
+                            <pic:cNvPr id="0" name="image6.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId8"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2181225" cy="2247900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -230,164 +232,172 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">We’re going to be learning the phrase </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">chutná mi _________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. This phrase is also sometimes rendered slightly differently as </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mně chutná _________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, which is virtually synonymous. It is formed from the verb </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">chutnat</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘to taste (good)’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">These translate as ‘tastes good to me’, where you can put any and all sorts of food and drink items, whether it’s </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">zmrzlina</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">pivo</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, as above, or talking more generally about various cuisines - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">kuchyně </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(f.). For example, you can talk about </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">česká kuchyně</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘Czech cuisine’ or </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mexická kuchyně</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘Mexican cuisine’ or any other type of cuisine that you want. The thing that tastes good to you is the subject of the sentence (as it sounds like from the English translation).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -432,272 +442,282 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2512695"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
                     <wp:docPr id="3" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
                             <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId12"/>
                             <a:srcRect b="9272" l="0" r="0" t="15990"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2512695"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mně chutná italská kuchyně. / Chutná mi italská kuchyně.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2806065" cy="2518755"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image5.png"/>
+                    <wp:docPr id="6" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="21879" r="15194" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2806065" cy="2518755"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mně nechutná japonská kuchyně. / Nechutná mi japonská kuchyně.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">As you can see from the second example above, you can also negate </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">chutná</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">nechutná</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">) to say that it doesn’t taste good to you.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -742,923 +762,975 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
                     <wp:docPr id="2" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
                             <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mně hodně chutná české pivo. / Hodně mi chutná české pivo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId17">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image6.png"/>
+                    <wp:docPr id="1" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId18"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mně chutnají jablka. / Chutnají mi jablka.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In the first example above with</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> české pivo</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, you can see that you can modify how much you like something (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">hodně, moc, trochu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">). In the example above with apples, the verb changes to </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">chutnají</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (3rd person plural) because the subject if plural (i.e. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">jablka</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Word Order</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">When using the word </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mi</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (or </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ti, vám</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, etc.), put these forms in second position. When you use the form </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mně</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, it will appear as the first word:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Co ti chutná?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Chutná mi pivo.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mně chutná káva. / Chutná mi káva.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ta42zkv5ul5h" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Asking Someone Else – </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">komu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘to who’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Komu chutná česká kuchyně?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Who likes Czech cuisine?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Komu </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">is a form of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">kdo</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> used when asking ‘to who’.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:customMarkFollows="0" w:id="0"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">You can use </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ti </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- ‘to you (sg. informal)’ or </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">vám </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">‘to you (pl./formal)’ to ask someone direc</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">t</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ly:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Informal </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jaká kuchyně </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:i w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ti</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> chutná?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Formal </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">– </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jaká kuchyně </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:i w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">vám </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">chutná?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">This will help you understand the question </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jaká kuchyně vám nejvíc chutná?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - What cuisine do you like the most (lit. tastes [good] the most to you).  Here are some other useful qualifiers:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">víc</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">více </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- ‘more’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">nejvíc</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> / </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">nejvíce </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- ‘the most’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">míň / méně </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- ‘less’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">nejmíň / nejméně </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- ‘the least’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- the forms </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">více</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">méně</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, etc. are considered more formal and occur most often in writing.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -1751,50 +1823,51 @@
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">talking about age</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. However we won’t be dealing with it too much for now, except a few isolated forms.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1817,148 +1890,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
@@ -1982,51 +2059,51 @@
     <w:tblStylePr w:type="seCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tcPr/>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quorn_Spaghetti_Bolognese.jpg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/sushi-asia-chinese-eat-restaurant-2856545/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/joestump/3700152503" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libreshot.com/czech-beer/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pexels.com/photo/apple-apple-tree-apples-branch-574919/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1JlaI0O7h4GtnAtCG0C7zxTcXZpBmQTS1F4zGv-d11ZE/edit#heading=h.pvt5abk41m69" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/boy-ice-cream-dirty-chocolate-835189/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quorn_Spaghetti_Bolognese.jpg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/sushi-asia-chinese-eat-restaurant-2856545/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/joestump/3700152503" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libreshot.com/czech-beer/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pexels.com/photo/apple-apple-tree-apples-branch-574919/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1JlaI0O7h4GtnAtCG0C7zxTcXZpBmQTS1F4zGv-d11ZE/edit#heading=h.pvt5abk41m69" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/boy-ice-cream-dirty-chocolate-835189/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/stating-your-age" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>