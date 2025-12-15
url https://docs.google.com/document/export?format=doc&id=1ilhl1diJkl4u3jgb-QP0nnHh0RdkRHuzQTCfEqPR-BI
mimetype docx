--- v0 (2025-10-13)
+++ v1 (2025-12-15)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:hyperlink r:id="rId6">
@@ -169,240 +170,248 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="12" name="image10.png"/>
+                  <wp:docPr id="12" name="image12.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPr id="0" name="image12.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyvadlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image4.jpg"/>
+                  <wp:docPr id="8" name="image9.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.jpg"/>
+                          <pic:cNvPr id="0" name="image9.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lennonova zeď</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
@@ -415,55 +424,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:docPr id="1" name="image11.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="image11.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
@@ -479,176 +490,182 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lokál Dlouhááá</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image8.png"/>
+                  <wp:docPr id="10" name="image6.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image6.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Národní divadlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
@@ -661,240 +678,248 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="11" name="image12.jpg"/>
+                  <wp:docPr id="11" name="image10.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image12.jpg"/>
+                          <pic:cNvPr id="0" name="image10.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Půjčení loděk na Vltavě</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="7" name="image9.jpg"/>
+                  <wp:docPr id="7" name="image1.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image9.jpg"/>
+                          <pic:cNvPr id="0" name="image1.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId19"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sapa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
@@ -907,240 +932,248 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image1.jpg"/>
+                  <wp:docPr id="2" name="image8.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.jpg"/>
+                          <pic:cNvPr id="0" name="image8.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId21"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId22">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tančící dům</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="9" name="image5.jpg"/>
+                  <wp:docPr id="9" name="image3.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image5.jpg"/>
+                          <pic:cNvPr id="0" name="image3.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId23"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Zámky lásky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
@@ -1153,240 +1186,248 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="6" name="image3.jpg"/>
+                  <wp:docPr id="6" name="image4.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.jpg"/>
+                          <pic:cNvPr id="0" name="image4.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId25"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socha Franze Kafky</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image6.png"/>
+                  <wp:docPr id="5" name="image7.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image7.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId27"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kavárna Slavia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
@@ -1399,214 +1440,220 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2838450" cy="1600200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="4" name="image7.png"/>
+                  <wp:docPr id="4" name="image5.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image7.png"/>
+                          <pic:cNvPr id="0" name="image5.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2838450" cy="1600200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId30">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Náplavka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1629,165 +1676,169 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/yMfzumkWQDk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/36JFaL3imsk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/y7D5DB8SpOI" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/i6bsY5RABrk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/-Uqj8Et80_o" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/map-pin-icon-map-pin-travel-1272165/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/open?id=1VsrVDmCWAiRSINFaOibDkQo-YeWiSIZr&amp;usp=sharing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/dnL6Y1TorQY" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/JdmXkjvoE2M" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/9yzuKcyYT5o" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/tPhSSRuxrRg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/xNiUtCtVMDw" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/I_4agoI0ffE" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/yMfzumkWQDk" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/36JFaL3imsk" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/y7D5DB8SpOI" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/i6bsY5RABrk" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/-Uqj8Et80_o" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/map-pin-icon-map-pin-travel-1272165/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://drive.google.com/open?id=1VsrVDmCWAiRSINFaOibDkQo-YeWiSIZr&amp;usp=sharing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/dnL6Y1TorQY" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/JdmXkjvoE2M" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/9yzuKcyYT5o" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/tPhSSRuxrRg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/xNiUtCtVMDw" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/map-videos/I_4agoI0ffE" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>