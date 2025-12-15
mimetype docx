--- v0 (2025-10-10)
+++ v1 (2025-12-15)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_r531qhyr4nwl" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
@@ -224,57 +225,59 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">číst (čt-)  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -320,57 +323,59 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">mluvit </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -416,57 +421,59 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">psát (píš-) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -512,57 +519,59 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">rozumět </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -608,57 +617,59 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">učit se</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -704,57 +715,59 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">umět</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -854,50 +867,51 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mluvím česky.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -935,50 +949,51 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Božena rozumí francouzsky.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -987,80 +1002,82 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Božena understands French.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Učíme se rusky.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -1069,80 +1086,82 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">We’re studying Russian.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mluvíte anglicky?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -1151,80 +1170,82 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Do you speak English?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Učíme se česky.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -1425,57 +1446,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">anglicky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
@@ -1504,57 +1527,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">francouzsky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
@@ -1583,57 +1608,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">italsky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
@@ -1662,57 +1689,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">japonsky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
@@ -1741,57 +1770,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">německy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
@@ -1820,57 +1851,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">polsky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
@@ -1899,57 +1932,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">portugalsky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
@@ -1978,57 +2013,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">rusky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
@@ -2057,57 +2094,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">slovensky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
@@ -2136,57 +2175,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">česky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
@@ -2215,57 +2256,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">čínsky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
@@ -2294,57 +2337,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="630" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">španělsky</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
@@ -2352,162 +2397,167 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Spanish</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">These forms are slightly different from the adjectives we’ve learned so far (adjectives would end with a long -ý). Technically speaking, these are adverbs (in that they describe how we speak). Just know  the difference between </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">anglický slovník</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (adjective used to describe a noun) and </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mluvím anglicky</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (what language you speak).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Adverbs denoting how well you speak/understand/write a language:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
@@ -2540,57 +2590,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">plynně/plynule</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
@@ -2620,57 +2672,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">výborně</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
@@ -2700,57 +2754,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">docela dobře</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
@@ -2780,57 +2836,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">dobře</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
@@ -2860,57 +2918,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">trochu</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
@@ -2940,57 +3000,59 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="24"/>
-[...5 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">málo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="40.0" w:type="dxa"/>
               <w:left w:w="40.0" w:type="dxa"/>
               <w:bottom w:w="40.0" w:type="dxa"/>
               <w:right w:w="40.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
@@ -3059,50 +3121,51 @@
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Examples:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mluvím dobře česky.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -3111,80 +3174,82 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">I speak Czech well.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kdo rozumí dobře španělsky?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -3193,80 +3258,82 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Who understands Spanish well?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sára a Bedřich umějí málo německy.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -3275,80 +3342,82 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sára and Bedřich know little German.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Už mluvím plynně česky.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -3404,115 +3473,121 @@
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Note:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> the difference between </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">trochu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">málo</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> is similar to the following in English: I speak a little (trochu) Czech </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">vs.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> I speak little (málo) Czech. In the case of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">trochu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, you are focusing on the fact that you do know some Czech, on the other hand with </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">málo</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> you are saying that you don’t know much Czech.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -3566,67 +3641,69 @@
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">You can use the verb </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">umět </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">+ the infinitive of another verb to talk about things you know how to do. In this sense, it often has the meaning of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">can</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> in English. See the following examples:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -3645,50 +3722,51 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Umím psát česky.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -3742,50 +3820,51 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Neumíme tančit.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -3823,50 +3902,51 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Umíš lyžovat?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="540" w:firstLine="0"/>
         <w:rPr>
@@ -3962,50 +4042,51 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -4028,148 +4109,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr/>
     </w:tblStylePr>