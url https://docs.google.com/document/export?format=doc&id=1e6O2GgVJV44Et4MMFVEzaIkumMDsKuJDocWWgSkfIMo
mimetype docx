--- v0 (2025-10-29)
+++ v1 (2026-02-20)
@@ -80,278 +80,291 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Imperfective</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Perfective</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Present</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Tense</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Present Progressive</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - activities that are (or are not) going on right now:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="765" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ahoj Martine, co děláš?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="765" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Dělám domácí úkoly.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="765" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Hey Martin, what are you doing?</w:t>
             </w:r>
           </w:p>
@@ -373,666 +386,692 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="765" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="765" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lucie se nedívá na ten film, protože myje nádobí v kuchyni.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="765" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lucie is not watching that movie because she’s washing dishes in the kitchen.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">General Statements of Fact</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> - activities that you do (or don’t do) in general. Can also contain references to frequency:</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nikdy nejím maso.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I never eat meat.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Často hraju basketbal.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I often play basketball.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Simultaneous Activities </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- activities that overlap:</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pavel často píše něco na telefonu, když sedí v autobuse.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pavel often often writes on his phone when he’s sitting on the bus. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Martina si často zpívá, když se sprchuje.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Martina often sings when she takes a shower.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Duration of Activity </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">– how long an activity lasts; again, with this use, the focus is on the activity itself, not on any time of completion</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lucie se obvykle učí dvě hodiny denně.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Lucie usually studies for two hours a day.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Habitual Action with Focus on Completion</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> – here it happens frequently, but the focus is on the completion. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Naši studenti vždycky na konci semestru napíšou esej. </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Our students always write an essay at the end of the semester.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Using </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">píšou </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- ‘the write’ is also possible, but that would focus more on the activity itself (and all the steps of the writing process) instead of the complete action here.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Jan většinou uklidí celý byt za hodinu nebo dvě.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Jan usually cleans the whole apartment in an hour or two.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Habitual Action with Focus on Completion in Sequence of Events </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">– this isn’t too different from the habitual actions, but the sequence of events is an added motivation to use perfectives, since you are typically trying to convey that one action is completed before another.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Každý večer se obvykle umyju, vyčistím si zuby a pak jdu spát.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="720" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Every evening I wash (myself) up, brush my teeth and then go to bed.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -1118,148 +1157,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>