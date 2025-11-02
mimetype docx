--- v0 (2025-10-27)
+++ v1 (2025-11-02)
@@ -221,56 +221,56 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1333500" cy="596900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image3.png"/>
+                    <wp:docPr id="4" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1333500" cy="596900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -706,56 +706,56 @@
               <w:t xml:space="preserve">It’s a quarter past four.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1362075" cy="1358900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="6" name="image4.png"/>
+                  <wp:docPr id="6" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1362075" cy="1358900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1243,51 +1243,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conversational-clock-time-part-1-time-on-the-half-hour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1nfosH9ZwNK_H4iHWw2J63Qma6zIRrp00sE9baE98rao/edit#heading=h.w6ftpzyh2t7o" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conversational-clock-time-part-2-time-on-the-quarter-hour" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kolik-je-hodin-telling-time/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/19413/digital-clock" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conversational-clock-time-part-1-time-on-the-half-hour" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1nfosH9ZwNK_H4iHWw2J63Qma6zIRrp00sE9baE98rao/edit#heading=h.w6ftpzyh2t7o" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conversational-clock-time-part-2-time-on-the-quarter-hour" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kolik-je-hodin-telling-time/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/19413/digital-clock" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>