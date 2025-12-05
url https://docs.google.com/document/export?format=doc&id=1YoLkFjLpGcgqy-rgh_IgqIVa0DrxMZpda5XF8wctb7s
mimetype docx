--- v0 (2025-10-15)
+++ v1 (2025-12-05)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_76ya0sostxzg" w:id="0"/>
@@ -71,50 +72,51 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gp4na1k27haj" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="cc2909"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">9.2 Zadatak 1. Natječaj za posao</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🔊 Listen to </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dialogue three </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">on the website from today’s class session. Answer the questions below. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -146,56 +148,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image5.png"/>
+                    <wp:docPr id="1" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -216,56 +218,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image7.png"/>
+                    <wp:docPr id="10" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3288,56 +3290,56 @@
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="103632" cy="182880"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image1.png"/>
+                    <wp:docPr id="18" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="103632" cy="182880"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3358,56 +3360,56 @@
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="103632" cy="182880"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image1.png"/>
+                    <wp:docPr id="9" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="103632" cy="182880"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3434,56 +3436,56 @@
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId13">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="166977" cy="182880"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="19" name="image6.png"/>
+                    <wp:docPr id="19" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="166977" cy="182880"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3519,56 +3521,56 @@
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="166977" cy="182880"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image6.png"/>
+                    <wp:docPr id="17" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="166977" cy="182880"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4009,55 +4011,57 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Davor</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">→ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">studira</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4069,55 +4073,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sandra</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">→ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">studira</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4129,55 +4135,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Mario</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">→ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">studira</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4195,103 +4203,107 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Matija</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">→ studira pravo</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ines</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">→ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">studira</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4303,55 +4315,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Luka</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">→ </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">studira</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7011,56 +7025,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2133600"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image8.png"/>
+                    <wp:docPr id="8" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId29"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2133600"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8839,56 +8853,56 @@
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial Unicode MS"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="16" name="image3.png"/>
+          <wp:docPr id="16" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image3.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
@@ -8919,116 +8933,123 @@
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">9 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 2: Domaća zadaća</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Karijera</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -9051,148 +9072,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
@@ -9249,55 +9274,55 @@
   <w:style w:type="table" w:styleId="Table11">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table12">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table13">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentski-poslovi-zagreb.com/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentski-poslovi-zagreb.com/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentski-poslovi-zagreb.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scst.unist.hr/student/za-studente/ponuda-poslova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scst.unist.hr/student/za-studente/ponuda-poslova" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/fantasy-night-ladder-universe-4063619/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scst.unist.hr/student/za-studente/ponuda-poslova" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/freedom-jump-reach-silhouettes-307791/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fckjn" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zwfxc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/262009/map-pin-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/166154/building" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/262009/map-pin-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.t.ht.hr/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.codymcclainbrown.com/zablogreb/2018/8/5/what-do-you-do" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/218162/calendar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1ys1mw55mNG8SgFOp7Si-fwfLlztpTT9xNS1In04vngM/edit#heading=h.shfvwvk0v5f7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/166154/building" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.expatincroatia.com/understand-croatian-culture-part-2/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/218162/calendar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentski-poslovi-zagreb.com/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentski-poslovi-zagreb.com/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://studentski-poslovi-zagreb.com/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scst.unist.hr/student/za-studente/ponuda-poslova" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scst.unist.hr/student/za-studente/ponuda-poslova" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/fantasy-night-ladder-universe-4063619/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.scst.unist.hr/student/za-studente/ponuda-poslova" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/freedom-jump-reach-silhouettes-307791/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fckjn" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zwfxc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/262009/map-pin-2" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/166154/building" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/262009/map-pin-2" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.t.ht.hr/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.codymcclainbrown.com/zablogreb/2018/8/5/what-do-you-do" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/icon-arrow-we-arrow-icon-symbol-2423349/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/218162/calendar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1ys1mw55mNG8SgFOp7Si-fwfLlztpTT9xNS1In04vngM/edit#heading=h.shfvwvk0v5f7" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/166154/building" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.expatincroatia.com/understand-croatian-culture-part-2/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/218162/calendar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>