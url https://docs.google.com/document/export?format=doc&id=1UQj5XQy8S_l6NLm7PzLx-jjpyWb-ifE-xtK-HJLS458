--- v0 (2025-12-15)
+++ v1 (2025-12-23)
@@ -332,56 +332,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2082800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image15.png"/>
+                    <wp:docPr id="14" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2082800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -403,56 +403,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2100263" cy="2107310"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image16.png"/>
+                    <wp:docPr id="18" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2100263" cy="2107310"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -563,56 +563,56 @@
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1628775" cy="1714500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image11.png"/>
+                    <wp:docPr id="8" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1628775" cy="1714500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1298,56 +1298,56 @@
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1628775" cy="2082800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image12.png"/>
+                    <wp:docPr id="3" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1628775" cy="2082800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2839,56 +2839,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image4.png"/>
+                    <wp:docPr id="13" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2918,56 +2918,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1244600"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image2.png"/>
+                    <wp:docPr id="11" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1244600"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2997,56 +2997,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1193800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image1.png"/>
+                    <wp:docPr id="15" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId21"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1193800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3082,56 +3082,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId22">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1358900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image13.png"/>
+                    <wp:docPr id="7" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId23"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1358900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3161,56 +3161,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1356801"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image10.png"/>
+                    <wp:docPr id="10" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId25"/>
                             <a:srcRect b="9269" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1356801"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3240,56 +3240,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1362075"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image7.png"/>
+                    <wp:docPr id="1" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId27"/>
                             <a:srcRect b="0" l="0" r="10185" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1362075"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3324,56 +3324,56 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="0" distT="0" distL="0" distR="0">
                     <wp:extent cx="1847850" cy="1257291"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr descr="Luka Modrić - Wikipedia" id="12" name="image14.jpg"/>
+                    <wp:docPr descr="Luka Modrić - Wikipedia" id="12" name="image6.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr descr="Luka Modrić - Wikipedia" id="0" name="image14.jpg"/>
+                            <pic:cNvPr descr="Luka Modrić - Wikipedia" id="0" name="image6.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId29"/>
                             <a:srcRect b="37736" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1257291"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3402,56 +3402,56 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId30">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1838325" cy="1228725"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image6.png"/>
+                    <wp:docPr id="17" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId31"/>
                             <a:srcRect b="0" l="0" r="16086" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1838325" cy="1228725"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3479,56 +3479,56 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId32">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image9.png"/>
+                    <wp:docPr id="5" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId33"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3697,56 +3697,56 @@
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Today we talked about professions. It’s time to discuss equality and gender roles in the work environment. Look at the following information below. You will also need to do more independent online research on the following topic. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3581400"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="16" name="image3.png"/>
+            <wp:docPr id="16" name="image12.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image3.png"/>
+                    <pic:cNvPr id="0" name="image12.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId34"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3581400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -4702,56 +4702,56 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3581400"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="4" name="image5.png"/>
+            <wp:docPr id="4" name="image2.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image5.png"/>
+                    <pic:cNvPr id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId36"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3581400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5453,56 +5453,56 @@
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial Unicode MS"/>
   <w:font w:name="Times New Roman"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="9" name="image8.png"/>
+          <wp:docPr id="9" name="image10.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image8.png"/>
+                  <pic:cNvPr id="0" name="image10.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
@@ -5877,55 +5877,55 @@
   <w:style w:type="table" w:styleId="Table11">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table12">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table13">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/61001793@N04/5559075598" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/themollusk/42791297960/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Rade_Serbedzija.jpg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Kostelic_Janica_02.jpg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:ISL-HRV_(7).jpg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/friends-tennis-play-friendship-3176408/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/laptop-computer-technology-portable-2282328/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Meghan_Markle_visits_to_ActionAid_South_Africa_02.jpg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Jay-Z_2011.jpg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Taylor_Swift_(6966830273).jpg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podaci.dzs.hr/2022/en/29213" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Shakira_Rio_02_cropped.jpg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1WG7GlL9CvuxKLJE7_O2hmweA5Yxftnn6gGJHdG2_u1Y/edit#heading=h.g9nd2crctp7s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Christian_Bale_filmography#/media/File:Christian_Bale_2009.jpg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Blanka_Vlasic_2c_o.jpg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/159374004@N02/38087602131/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/61001793@N04/5559075598" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/themollusk/42791297960/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Rade_Serbedzija.jpg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Kostelic_Janica_02.jpg" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:ISL-HRV_(7).jpg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/friends-tennis-play-friendship-3176408/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/laptop-computer-technology-portable-2282328/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Meghan_Markle_visits_to_ActionAid_South_Africa_02.jpg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Jay-Z_2011.jpg" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Taylor_Swift_(6966830273).jpg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://podaci.dzs.hr/2022/en/29213" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Shakira_Rio_02_cropped.jpg" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1WG7GlL9CvuxKLJE7_O2hmweA5Yxftnn6gGJHdG2_u1Y/edit#heading=h.g9nd2crctp7s" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Christian_Bale_filmography#/media/File:Christian_Bale_2009.jpg" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Blanka_Vlasic_2c_o.jpg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/159374004@N02/38087602131/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>