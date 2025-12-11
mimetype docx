--- v0 (2025-10-16)
+++ v1 (2025-12-11)
@@ -1,285 +1,294 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ywyqpab28dfy" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">10.1 - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dovolená</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:drawing>
             <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
               <wp:extent cx="2747963" cy="1853491"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
-              <wp:docPr id="2" name="image2.png"/>
+              <wp:docPr id="2" name="image1.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image2.png"/>
+                      <pic:cNvPr id="0" name="image1.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId8"/>
                       <a:srcRect b="0" l="0" r="0" t="0"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2747963" cy="1853491"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:hyperlink>
       <w:hyperlink r:id="rId9">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:drawing>
             <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
               <wp:extent cx="2794213" cy="1872216"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
-              <wp:docPr id="1" name="image1.png"/>
+              <wp:docPr id="1" name="image2.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image1.png"/>
+                      <pic:cNvPr id="0" name="image2.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId10"/>
                       <a:srcRect b="0" l="0" r="0" t="0"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="2794213" cy="1872216"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dovolená</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - vacation</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">It ends in </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-á</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, and this isn’t how most nouns end, right? In fact it looks like an adjective ending…</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">It turns out that it is an adjective, both in origin and with regards to the endings that go on it. It comes from </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dovolená doba</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘time off (lit. allowed time)’. Now, however, the word </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:strike w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">doba</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> is never part of the equation, and one just says </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dovolená</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:customMarkFollows="0" w:id="0"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> However, we need to review the endings:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
@@ -342,55 +351,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Nominative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00ffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -427,55 +438,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Genitive</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -512,55 +525,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Dative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -597,55 +612,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Accusative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00ffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -682,55 +699,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -756,55 +775,57 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00ffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Locative</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00ffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -830,55 +851,57 @@
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Instrumental</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
@@ -920,393 +943,418 @@
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_8xok5zzg07vt" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Accusative Form </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dovolenou</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">You”ll use this when you say that you are going on (as in a destination) vacation:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Zítra jedeme </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:i w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na dovolenou</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tomorrow we’re going on vacation.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Or with a verb like </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">trávit/strávit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘to spend (time)’:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jak obvykle trávíš </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:i w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dovolenou</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">How do you usually spend (your) vacation?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_c5q9cliiseop" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Locative form </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dovolené</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">However, you’ll use the locative form </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dovolené</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> to specify where you were:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Minulý týden jsme byli </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:i w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na dovolené </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">v Egyptu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Last week we were on vacation in Egypt.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">V červnu budu dva týdny </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
-          <w:i w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na dovolené</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In June I’ll be on vacation for two weeks. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1378,75 +1426,77 @@
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> As a further example, we can look at the phrase </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mateřská dovolená</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘maternal leave’, lit. ‘maternal vacation’. Often people joke about this phrasing, stating “To přece není žádná dovolená!” However, it connects to that notion of allowed time off.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1469,165 +1519,169 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1yaPhkNEfxYLcwdIwp99HcsdnLA0YtTD8Rs8Mri8AjXk/edit#heading=h.fltu1lf4cnnl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/czech-republic-the-giant-mountains-1178379/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/nature-landscapes/beaches/sand-water-beach-summer-sun-sea-ocean-vacation-coast-sky" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1yaPhkNEfxYLcwdIwp99HcsdnLA0YtTD8Rs8Mri8AjXk/edit#heading=h.fltu1lf4cnnl" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/czech-republic-the-giant-mountains-1178379/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/nature-landscapes/beaches/sand-water-beach-summer-sun-sea-ocean-vacation-coast-sky" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>