--- v0 (2025-10-22)
+++ v1 (2025-12-15)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_582qbae310c" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
@@ -38,158 +39,166 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you want to describe your textbook or your class (Czech class, math textbook, etc.) in Czech, you will literally say </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">class </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> biology</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">textbook </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">math</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. The crucial bit of information here is that you say </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">of</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. What case do you need here then?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:hyperlink r:id="rId6">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:drawing>
             <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
               <wp:extent cx="5143500" cy="3171825"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
-              <wp:docPr id="2" name="image2.png"/>
+              <wp:docPr id="2" name="image1.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image2.png"/>
+                      <pic:cNvPr id="0" name="image1.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId7"/>
                       <a:srcRect b="0" l="0" r="0" t="0"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5143500" cy="3171825"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -203,56 +212,56 @@
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr/>
       </w:pPr>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:drawing>
             <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
               <wp:extent cx="5143500" cy="3562350"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
-              <wp:docPr id="1" name="image1.png"/>
+              <wp:docPr id="1" name="image2.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image1.png"/>
+                      <pic:cNvPr id="0" name="image2.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId9"/>
                       <a:srcRect b="0" l="0" r="0" t="0"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5143500" cy="3562350"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -279,55 +288,57 @@
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Here’s a reminder of your endings:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Genitive (koho, čeho)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1872"/>
         <w:gridCol w:w="1872"/>
         <w:gridCol w:w="1872"/>
@@ -367,787 +378,834 @@
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">MI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">F</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">N</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Hard stem nouns</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pána</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">hradu (-a)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ženy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">města</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Soft stem nouns</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">muže</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">počítače</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">růže / koleje / věci</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">moře / náměstí</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Adjectives</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-ého / -ího</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-ého / -ího</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-é / -í</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-ého / -ího</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The main words we’ll need to keep in mind are our subjects and the following words:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">učebnice </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- textbook</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">kurz </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- course</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">hodina </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- class (lit. hour, since that’s how long most classes last).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">učebnice matematiky</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - a math textbook</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">kurz biologie </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- a biology course</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">hodina geologie</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - geology class</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Images used in this document come from </w:t>
       </w:r>
       <w:hyperlink r:id="rId10">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">these sources</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1155,50 +1213,51 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1221,165 +1280,169 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1HQqSIqnOQo0_cjj3ZbBSyDe-fgq1AEZhIxgZ_W4CIUA/edit#heading=h.7oov9bpcge89" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Gorilla_Scratching_Head_(18047130741).jpg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/1380074" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1HQqSIqnOQo0_cjj3ZbBSyDe-fgq1AEZhIxgZ_W4CIUA/edit#heading=h.7oov9bpcge89" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Gorilla_Scratching_Head_(18047130741).jpg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/1380074" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>