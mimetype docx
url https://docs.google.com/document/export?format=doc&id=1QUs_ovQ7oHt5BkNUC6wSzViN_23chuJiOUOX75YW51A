--- v0 (2025-10-27)
+++ v1 (2025-10-27)
@@ -3324,56 +3324,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2844800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image2.png"/>
+                    <wp:docPr id="4" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId25"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2844800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3407,56 +3407,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2844800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image3.png"/>
+                    <wp:docPr id="3" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId27"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2844800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4066,51 +4066,51 @@
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table5">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZIS.mp3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZI.mp3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZITE.mp3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/wintry-house-tree-winter-snow-2915190/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZE.mp3" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJETE.mp3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/ai-generated-man-person-obesity-8773213/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1of9ZbST2nuqFzjF8QBt6Utmn1ECQjk22S0Wur4NMIEA/edit#heading=h.knpbvf6pest0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJEM.mp3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJEMO.mp3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJES.mp3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJU.mp3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJE.mp3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVAMO.mp3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVAM.mp3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVATE.mp3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVAS.mp3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVAJU.mp3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVA.mp3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZIMO.mp3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZIM.mp3" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZIS.mp3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZI.mp3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZITE.mp3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/wintry-house-tree-winter-snow-2915190/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZE.mp3" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJETE.mp3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/ai-generated-man-person-obesity-8773213/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1of9ZbST2nuqFzjF8QBt6Utmn1ECQjk22S0Wur4NMIEA/edit#heading=h.knpbvf6pest0" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJEM.mp3" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJEMO.mp3" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJES.mp3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJU.mp3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/POCINJE.mp3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVAMO.mp3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVAM.mp3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVATE.mp3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVAS.mp3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVAJU.mp3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ZAVRSAVA.mp3" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZIMO.mp3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/DOLAZIM.mp3" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>