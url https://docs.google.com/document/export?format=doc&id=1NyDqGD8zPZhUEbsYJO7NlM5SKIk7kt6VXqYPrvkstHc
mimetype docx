--- v0 (2025-10-03)
+++ v1 (2025-11-30)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_i864kk2szlpa" w:id="0"/>
@@ -1563,56 +1564,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1917700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image11.png"/>
+                    <wp:docPr id="10" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1917700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1633,56 +1634,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1921203"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image10.png"/>
+                    <wp:docPr id="6" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="5442"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1921203"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3329,56 +3330,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image9.png"/>
+                    <wp:docPr id="12" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3398,56 +3399,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image6.png"/>
+                    <wp:docPr id="5" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3467,56 +3468,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image4.png"/>
+                    <wp:docPr id="11" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3536,56 +3537,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="914391"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image7.png"/>
+                    <wp:docPr id="1" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="23944" l="0" r="0" t="30985"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="914391"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4321,56 +4322,56 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_q34w2bo3gyzt" w:id="9"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In English </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3340100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="9" name="image8.jpg"/>
+            <wp:docPr id="9" name="image1.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image8.jpg"/>
+                    <pic:cNvPr id="0" name="image1.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId20"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3340100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -4798,56 +4799,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3340100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="7" name="image2.jpg"/>
+            <wp:docPr id="7" name="image6.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.jpg"/>
+                    <pic:cNvPr id="0" name="image6.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId21"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3340100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5448,56 +5449,56 @@
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_vnge3kvqtrca" w:id="10"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Listen to the dialogues from today’s lesson again and answer the following questions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3340100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="3" name="image5.jpg"/>
+            <wp:docPr id="3" name="image7.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image5.jpg"/>
+                    <pic:cNvPr id="0" name="image7.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3340100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -6155,56 +6156,56 @@
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial Unicode MS"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="4" name="image1.png"/>
+          <wp:docPr id="4" name="image2.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPr id="0" name="image2.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
@@ -6235,116 +6236,123 @@
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">3 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 1: Domaća zadaća</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Kakav otac, takav sin</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -6367,148 +6375,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
@@ -6551,55 +6563,55 @@
   <w:style w:type="table" w:styleId="Table9">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table10">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table11">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1ajMBkMnaIVKhYpiLLOi7gE6fXltLoZPVx-knw38F7fQ/edit#heading=h.3yzclsj55aa4" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Dijalog-Ispred-kuce.mp3" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/email-email-marketing-newsletter-4284157/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/reading-books-man-stack-education-6833367/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/cake-shop-friendship-friends-cafeteria-nightlife" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/father-parenthood-daughter-holding-happiness" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/fashion-smile-sunglasses-pretty-girl-friendship" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/cake-shop-enjoyment-people-cafeteria-smiling" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1ajMBkMnaIVKhYpiLLOi7gE6fXltLoZPVx-knw38F7fQ/edit#heading=h.3yzclsj55aa4" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Dijalog-Ispred-kuce.mp3" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/email-email-marketing-newsletter-4284157/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/reading-books-man-stack-education-6833367/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/cake-shop-friendship-friends-cafeteria-nightlife" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/father-parenthood-daughter-holding-happiness" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/fashion-smile-sunglasses-pretty-girl-friendship" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/cake-shop-enjoyment-people-cafeteria-smiling" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>