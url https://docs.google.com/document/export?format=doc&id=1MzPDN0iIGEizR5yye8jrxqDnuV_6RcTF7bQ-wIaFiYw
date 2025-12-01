--- v0 (2025-12-01)
+++ v1 (2025-12-01)
@@ -133,56 +133,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image7.png"/>
+                    <wp:docPr id="7" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -202,56 +202,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1893140"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image8.png"/>
+                    <wp:docPr id="2" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="53234" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1893140"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1919,56 +1919,56 @@
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="8" name="image5.png"/>
+          <wp:docPr id="8" name="image7.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image5.png"/>
+                  <pic:cNvPr id="0" name="image7.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -2247,55 +2247,55 @@
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/computer-monitor-video-conference-6977449/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/device-screen-communication-intenet-5629162/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/man-write-plan-desk-notes-pen-593333/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/freelance-work-google-macbook-6051365/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/translation-translate-conversation-1092128/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1KFOP7JiKIqCjqkUZLcLuW7-zREtCemR9pmLwCNmjzfQ/edit#heading=h.shfvwvk0v5f7" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/old-handwriting-write-old-script-1277562/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/computer-monitor-video-conference-6977449/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/device-screen-communication-intenet-5629162/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/man-write-plan-desk-notes-pen-593333/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/freelance-work-google-macbook-6051365/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/translation-translate-conversation-1092128/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1KFOP7JiKIqCjqkUZLcLuW7-zREtCemR9pmLwCNmjzfQ/edit#heading=h.shfvwvk0v5f7" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/old-handwriting-write-old-script-1277562/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>