--- v0 (2025-10-01)
+++ v1 (2025-12-01)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ioaviyo3orje" w:id="0"/>
@@ -173,191 +174,200 @@
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">masculine</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">neuter</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">feminine</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">N sing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -438,258 +448,273 @@
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">L sing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Zagreb-</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">u</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Sarajev-</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">u</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Podgoric-</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ff0000"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">i</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The general ending for masculine and neuter nouns in the Locative case is </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-u</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, while for feminine nouns the ending is </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">-i</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. In masculine nouns, -</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">u</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> is added to the stem (Zagreb). In neuter nouns, -</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">u</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ending replaces the -о or -е of the dictionary form (Sarajevo, Skopje). In feminine nouns, the -</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">i </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ending replaces the -а on the dictionary form (Podgorica, Ljubljana).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_u9n5vlxh1krv" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="f4d956"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">|</w:t>
       </w:r>
@@ -741,205 +766,218 @@
         <w:pStyle w:val="Heading3"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ta3vzhbrd7on" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Preposition U</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Preposition </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">u</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> xpresses location inside a physical container or something construed as having a clear boundary (physical container: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">u košari</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘in the basket’; clear boundary: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">u gradu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘in the city’).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_28vq4b8a5tvn" w:id="6"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Preposition na</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Preposition </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> expresses location on some surface, or location at something that does not have a clear boundary (surface: n</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">a stolu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘on the table’; no boundary: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na tulumu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘at the party’).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">As you remember, we already encountered these two prepositions when we talked about the Accusative case, indicating motion toward some place. At this point, we will use u and na with the Locative case to express where someone or something is located. In general, to review the rules about the usage of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">u</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, refer to Unit</w:t>
       </w:r>
       <w:hyperlink r:id="rId6">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve"> 2 – Module 3 – Lesson 1: Gramatika</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_kju6wlcp28fl" w:id="7"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
@@ -990,56 +1028,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId7">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1381125"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image14.png"/>
+                    <wp:docPr id="16" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId8"/>
                             <a:srcRect b="0" l="18608" r="18608" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1381125"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1060,56 +1098,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId9">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1384300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image4.png"/>
+                    <wp:docPr id="11" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1384300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1130,56 +1168,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId11">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1384300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image11.png"/>
+                    <wp:docPr id="2" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId12"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1384300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1305,56 +1343,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId13">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image5.png"/>
+                    <wp:docPr id="4" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1375,56 +1413,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId15">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image13.png"/>
+                    <wp:docPr id="18" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1445,56 +1483,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId17">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1247766"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image6.png"/>
+                    <wp:docPr id="17" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId18"/>
                             <a:srcRect b="50859" l="0" r="0" t="4123"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1247766"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1620,56 +1658,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId19">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image8.png"/>
+                    <wp:docPr id="10" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId20"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1690,56 +1728,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId21">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image17.png"/>
+                    <wp:docPr id="12" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image17.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId22"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1760,56 +1798,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId23">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1247784"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image2.png"/>
+                    <wp:docPr id="15" name="image12.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image12.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId24"/>
                             <a:srcRect b="4827" l="0" r="0" t="4827"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1247784"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1935,56 +1973,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId25">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image7.png"/>
+                    <wp:docPr id="9" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId26"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2005,56 +2043,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId27">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image10.png"/>
+                    <wp:docPr id="6" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId28"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2071,56 +2109,56 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1847850" cy="1245775"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="13" name="image15.jpg"/>
+                  <wp:docPr id="13" name="image13.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image15.jpg"/>
+                          <pic:cNvPr id="0" name="image13.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId29"/>
                           <a:srcRect b="30820" l="5154" r="-5154" t="31231"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1847850" cy="1245775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2222,91 +2260,91 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Poruka je na ogledalu. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
-        <w:t xml:space="preserve">All these sentences indicate where someone or something is located, such as: (1) I am in Zagreb. (2) The wallet is in the bag, on a shelf, etc. f</w:t>
+        <w:t xml:space="preserve">All these sentences indicate where someone or something is located, such as: (1) I am in Zagreb. (2) The wallet is in the bag, on a shelf, etc. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="ac910c"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_eb2m88pjzw3c" w:id="8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="ac910c"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4.1 Zadatak 1. U ili NA?</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:hyperlink r:id="rId30">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:drawing>
             <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
               <wp:extent cx="5943600" cy="3962400"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
-              <wp:docPr id="8" name="image9.png"/>
+              <wp:docPr id="8" name="image11.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image9.png"/>
+                      <pic:cNvPr id="0" name="image11.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId31"/>
                       <a:srcRect b="0" l="0" r="0" t="0"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5943600" cy="3962400"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2347,56 +2385,56 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Finish the sentence in order to indicate where things are.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:hyperlink r:id="rId32">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:drawing>
             <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
               <wp:extent cx="5943600" cy="4457700"/>
               <wp:effectExtent b="0" l="0" r="0" t="0"/>
-              <wp:docPr id="1" name="image12.png"/>
+              <wp:docPr id="1" name="image8.png"/>
               <a:graphic>
                 <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:pic>
                     <pic:nvPicPr>
-                      <pic:cNvPr id="0" name="image12.png"/>
+                      <pic:cNvPr id="0" name="image8.png"/>
                       <pic:cNvPicPr preferRelativeResize="0"/>
                     </pic:nvPicPr>
                     <pic:blipFill>
                       <a:blip r:embed="rId33"/>
                       <a:srcRect b="0" l="0" r="0" t="0"/>
                       <a:stretch>
                         <a:fillRect/>
                       </a:stretch>
                     </pic:blipFill>
                     <pic:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="5943600" cy="4457700"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect"/>
                       <a:ln/>
                     </pic:spPr>
                   </pic:pic>
                 </a:graphicData>
               </a:graphic>
             </wp:inline>
           </w:drawing>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2501,56 +2539,56 @@
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="ac910c"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ypwifyojnfwh" w:id="11"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="ac910c"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4.1 Zadatak 4. Marijev stan</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3428991"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="5" name="image1.jpg"/>
+            <wp:docPr id="5" name="image4.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.jpg"/>
+                    <pic:cNvPr id="0" name="image4.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId36"/>
                     <a:srcRect b="50000" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3428991"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2663,196 +2701,203 @@
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="7" name="image3.png"/>
+          <wp:docPr id="7" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image3.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="14" name="image16.png"/>
+          <wp:docPr id="14" name="image17.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image16.png"/>
+                  <pic:cNvPr id="0" name="image17.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">4 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 1: Gramatika</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Dome, slatki dome</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -2875,177 +2920,181 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zwsht" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hippopx.com/hr/sea-sky-horizon-blue-haze-calm-sea-abendstimmung-306541" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:PodgoricaOverview.jpg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/944549" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hippopx.com/en/books-book-bookshelf-library-read-literature-shelf-384137" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/c2/m3/lekcija1/grammar/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fknld" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/photos/f1Rd2HsoKnk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Sarajevo_1.JPG" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/photos/_ypnDyMjLgc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maxpixel.net/Clothing-Music-Stock-Final-Sale-Textile-Wardrobe-3371659" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rawpixel.com/image/5943858/free-public-domain-cc0-photo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/objekti/suncane-naocale-smede-koza-torba-modni-torbu-novcanik" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1NzLzsWfmrZL1SFaVGA1EeGC0MJFtVBtaA_MHukIDu6Q/edit#heading=h.s9eixqap3d1z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/photos/hanged-towel-beside-sink-Mk_cIYHdC0w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libreshot.com/open-book-in-bed/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zwsht" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hippopx.com/hr/sea-sky-horizon-blue-haze-calm-sea-abendstimmung-306541" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:PodgoricaOverview.jpg" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/944549" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hippopx.com/en/books-book-bookshelf-library-read-literature-shelf-384137" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/c2/m3/lekcija1/grammar/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fknld" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/photos/f1Rd2HsoKnk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Sarajevo_1.JPG" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/photos/_ypnDyMjLgc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maxpixel.net/Clothing-Music-Stock-Final-Sale-Textile-Wardrobe-3371659" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rawpixel.com/image/5943858/free-public-domain-cc0-photo" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/objekti/suncane-naocale-smede-koza-torba-modni-torbu-novcanik" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1NzLzsWfmrZL1SFaVGA1EeGC0MJFtVBtaA_MHukIDu6Q/edit#heading=h.s9eixqap3d1z" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://unsplash.com/photos/hanged-towel-beside-sink-Mk_cIYHdC0w" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libreshot.com/open-book-in-bed/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>