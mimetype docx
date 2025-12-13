--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_9vcpudyd7rhp" w:id="0"/>
@@ -158,93 +159,97 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">SINGULAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PLURAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -1296,93 +1301,97 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">SINGULAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PLURAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -3326,121 +3335,127 @@
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Jesi </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">li</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">student?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -3768,50 +3783,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Je</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> li on student?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -3901,50 +3917,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Je</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> li ona studentica?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -4034,50 +4051,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Je</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> li ono dijete tvoje?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -4121,50 +4139,51 @@
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Jesu li ona djeca tvoja?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Remember! – </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Only the third person singular forms questions with the unstressed form of the verb ‘biti’. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">❗</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table7"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
@@ -4197,93 +4216,97 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">SINGULAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PLURAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -5335,93 +5358,97 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">SINGULAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PLURAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -6426,50 +6453,51 @@
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Complete the dialogues with the appropriate form of the verb biti. Be sure to notice whether the sentence is a question or a statement.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">[h5p id="872"]</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId46" w:type="default"/>
       <w:footerReference r:id="rId47" w:type="default"/>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial Unicode MS"/>
   <w:font w:name="Helvetica Neue">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
@@ -6558,118 +6586,125 @@
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">1 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 2: Gramatika</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Biti ili ne biti</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -6692,148 +6727,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>