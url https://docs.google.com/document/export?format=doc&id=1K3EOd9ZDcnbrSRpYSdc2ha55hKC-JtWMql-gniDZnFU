--- v0 (2025-10-27)
+++ v1 (2025-10-30)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
@@ -457,50 +458,51 @@
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>