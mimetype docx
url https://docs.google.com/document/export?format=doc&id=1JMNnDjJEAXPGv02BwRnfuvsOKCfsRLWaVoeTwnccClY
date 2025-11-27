--- v0 (2025-10-09)
+++ v1 (2025-11-27)
@@ -1,80 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_wg735t4yl9si" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2. lekce - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Rodina a známí</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> / Unit 2 - Family and Friends</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="6480"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="2880"/>
             <w:gridCol w:w="6480"/>
@@ -122,50 +125,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="3981450" cy="2743200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
                     <wp:docPr id="121" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
                             <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
@@ -180,50 +184,51 @@
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
@@ -247,135 +252,141 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Communicative Goals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grammar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -506,201 +517,210 @@
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">conjugate regular verbs in the present tense</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">the reflexive pronoun </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">se</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">adverbs that denote frequency (</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">často</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, obvykle, </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">každý den</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> + </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">někdy</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">/</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">nikdy</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">rád/ráda + conjugate verb - ‘to like’</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -716,67 +736,69 @@
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">comparatives </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">starší</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> and </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">mladší</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
@@ -800,119 +822,123 @@
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unit 2 - Vocabulary List</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">family</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">languages</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">professions</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">verbs expressing common activities</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
@@ -925,50 +951,51 @@
               </w:rPr>
               <w:t xml:space="preserve">verbs of communication (read, write, speak, understand)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:spacing w:after="200" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
@@ -984,129 +1011,135 @@
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="93c47d" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pre-class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="6d9eeb" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">in-class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="f1c232" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">post-class</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1217,373 +1250,383 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="82" name="image11.png"/>
+                    <wp:docPr id="82" name="image12.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image12.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:right="390" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-class Lesson</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1847850" cy="2400300"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="31" name="image6.png"/>
+                  <wp:docPr id="31" name="image10.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image10.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1847850" cy="2400300"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="120" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="390" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unit 2 - Activity Book</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="592062" cy="565150"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image3.png"/>
+                    <wp:docPr id="17" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="592062" cy="565150"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:right="390" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Post-class Homework</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
                     <wp:docPr id="90" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
                             <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
@@ -1597,50 +1640,51 @@
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-class Canvas Quiz</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
@@ -1712,111 +1756,114 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="50" name="image9.png"/>
+                  <wp:docPr id="50" name="image11.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image9.png"/>
+                          <pic:cNvPr id="0" name="image11.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-class Video</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
@@ -1888,127 +1935,132 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="727075" cy="156601"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="133" name="image12.png"/>
+                    <wp:docPr id="133" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="727075" cy="156601"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-class Vocabulary or Grammar Drill</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
@@ -2078,102 +2130,105 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">For more information about using these materials, see </w:t>
             </w:r>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using the Reality Czech Curriculum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table4"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2160"/>
         <w:gridCol w:w="3600"/>
         <w:gridCol w:w="3600"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="2160"/>
@@ -2189,116 +2244,119 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.1 - 2. lekce, 1. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId21">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="33" name="image7.png"/>
+                    <wp:docPr id="33" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2307,70 +2365,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId22">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.1 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId23">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vaše rodina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -2411,65 +2471,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="29" name="image2.png"/>
+                    <wp:docPr id="29" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2553,56 +2614,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image1.png"/>
+                    <wp:docPr id="15" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId27">
@@ -2638,65 +2699,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="132" name="image2.png"/>
+                    <wp:docPr id="132" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2796,65 +2858,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId30">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="87" name="image7.png"/>
+                    <wp:docPr id="87" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2954,65 +3017,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId32">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="80" name="image4.png"/>
+                    <wp:docPr id="80" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3021,70 +3085,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId33">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.1 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId34">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kdo je starší? Kdo je mladší?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -3120,116 +3186,119 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.2 - 2. lekce, 2. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId35">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="63" name="image7.png"/>
+                    <wp:docPr id="63" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3257,50 +3326,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId36">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.2 - Conjugation of </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId37">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-á-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId38">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -3338,56 +3408,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId39">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="99" name="image1.png"/>
+                    <wp:docPr id="99" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId40">
@@ -3416,73 +3486,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId41">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image2.png"/>
+                    <wp:docPr id="18" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3510,50 +3582,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId42">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.2 - Quizlet </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId43">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-á-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId44">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs flashcards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -3600,73 +3673,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId45">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="109" name="image4.png"/>
+                    <wp:docPr id="109" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3694,50 +3769,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId46">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.2 - Verb Conjugation: </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId47">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-á-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId48">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -3784,73 +3860,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId49">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="113" name="image2.png"/>
+                    <wp:docPr id="113" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3878,50 +3956,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId50">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.2 - Quizlet </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId51">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-á-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId52">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs - learning exercise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -3975,65 +4054,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId53">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image4.png"/>
+                    <wp:docPr id="1" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4061,50 +4141,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId54">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.2 - Fill in the blanks </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId55">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-á-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId56">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -4158,65 +4239,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId57">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="55" name="image7.png"/>
+                    <wp:docPr id="55" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4244,50 +4326,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId58">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.2 - Conjugation of </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId59">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-í-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId60">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -4334,73 +4417,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId61">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image2.png"/>
+                    <wp:docPr id="4" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4428,50 +4513,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId62">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.2 - Quizlet </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId63">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-í-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId64">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs - flashcards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -4518,73 +4604,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId65">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="45" name="image4.png"/>
+                    <wp:docPr id="45" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4612,50 +4700,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId66">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.2 - Verb Conjugation: </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId67">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-í-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId68">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -4702,73 +4791,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId69">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="108" name="image2.png"/>
+                    <wp:docPr id="108" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4796,50 +4887,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId70">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.2 - Quizlet </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId71">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-í-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId72">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs - learning exercise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -4886,73 +4978,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId73">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="71" name="image4.png"/>
+                    <wp:docPr id="71" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4980,50 +5074,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId74">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.2 - Fill in the blanks </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId75">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-í-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId76">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -5071,117 +5166,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.3 - 2. lekce, 3. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId77">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="49" name="image2.png"/>
+                    <wp:docPr id="49" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5209,75 +5308,77 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId78">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.3 - Quizlet</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId79">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> -á-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId80">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> and </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId81">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-í-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId82">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs - write Czech infinitives</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -5315,56 +5416,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId83">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="61" name="image1.png"/>
+                    <wp:docPr id="61" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId84">
@@ -5393,73 +5494,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId85">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="110" name="image2.png"/>
+                    <wp:docPr id="110" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5487,75 +5590,77 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId86">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.3 - Quizlet </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId87">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-á-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId88">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> and </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId89">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-í-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId90">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs - Listen and Spell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -5609,65 +5714,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId91">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image7.png"/>
+                    <wp:docPr id="2" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5767,65 +5873,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId93">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="96" name="image7.png"/>
+                    <wp:docPr id="96" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5919,73 +6026,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId95">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="21" name="image4.png"/>
+                    <wp:docPr id="21" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6086,65 +6195,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId97">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="34" name="image7.png"/>
+                    <wp:docPr id="34" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6238,73 +6348,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId99">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="97" name="image2.png"/>
+                    <wp:docPr id="97" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6398,73 +6510,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId101">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="58" name="image2.png"/>
+                    <wp:docPr id="58" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6558,73 +6672,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId103">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="28" name="image2.png"/>
+                    <wp:docPr id="28" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6718,73 +6834,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId105">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="76" name="image2.png"/>
+                    <wp:docPr id="76" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6885,65 +7003,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId107">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="19" name="image4.png"/>
+                    <wp:docPr id="19" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6972,50 +7091,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId108">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.3 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId109">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jak často?</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId110">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Multiple Choice</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -7069,65 +7189,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId111">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="93" name="image4.png"/>
+                    <wp:docPr id="93" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7228,65 +7349,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId113">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="75" name="image7.png"/>
+                    <wp:docPr id="75" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7380,73 +7502,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId115">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="66" name="image4.png"/>
+                    <wp:docPr id="66" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7541,117 +7665,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.4 - 2. lekce, 4. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId117">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="101" name="image2.png"/>
+                    <wp:docPr id="101" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7680,50 +7808,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId118">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.4 - Quizlet </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId119">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-e-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId120">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs flashcards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -7761,56 +7890,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId121">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="111" name="image1.png"/>
+                    <wp:docPr id="111" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId122">
@@ -7846,65 +7975,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId123">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image7.png"/>
+                    <wp:docPr id="7" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7933,50 +8063,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId124">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.4 - Conjugation of </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId125">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-e-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId126">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -8030,65 +8161,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId127">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="26" name="image4.png"/>
+                    <wp:docPr id="26" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8117,50 +8249,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId128">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.4 - Verb Conjugation: </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId129">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-e-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId130">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -8214,65 +8347,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId131">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="105" name="image2.png"/>
+                    <wp:docPr id="105" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8300,50 +8434,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C1">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId132">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.4 - Quizlet </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId133">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-e-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId134">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs learning exercise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -8397,65 +8532,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId135">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="115" name="image4.png"/>
+                    <wp:docPr id="115" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8483,50 +8619,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId136">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.4 - Fill in the blank </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId137">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">-e-</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId138">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> verbs</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -8579,63 +8716,64 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="781050" cy="177800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="13" name="image5.png"/>
+                  <wp:docPr id="13" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image5.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId139"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="781050" cy="177800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -8734,65 +8872,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId141">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="81" name="image4.png"/>
+                    <wp:docPr id="81" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8892,65 +9031,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId143">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="30" name="image2.png"/>
+                    <wp:docPr id="30" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9044,117 +9184,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.5 - 2. lekce, 5. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId145">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="72" name="image2.png"/>
+                    <wp:docPr id="72" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9238,56 +9382,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId147">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="60" name="image1.png"/>
+                    <wp:docPr id="60" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId148">
@@ -9316,73 +9460,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId149">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="27" name="image2.png"/>
+                    <wp:docPr id="27" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9482,65 +9628,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId151">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="43" name="image7.png"/>
+                    <wp:docPr id="43" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9549,70 +9696,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId152">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.5 - Liking with </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId153">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">rád</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -9647,73 +9796,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId154">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="54" name="image4.png"/>
+                    <wp:docPr id="54" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9806,73 +9957,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId156">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="88" name="image2.png"/>
+                    <wp:docPr id="88" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9965,73 +10118,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId158">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="41" name="image2.png"/>
+                    <wp:docPr id="41" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10131,65 +10286,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId160">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="44" name="image7.png"/>
+                    <wp:docPr id="44" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10217,75 +10373,77 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId161">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.5 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId162">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mít </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId163">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">'to have' and </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId164">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mít se </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId165">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘to be doing (well, badly, etc.)’</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -10332,73 +10490,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId166">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="114" name="image7.png"/>
+                    <wp:docPr id="114" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10407,70 +10567,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId167">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.5 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId168">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">jak se máš, jak se máte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -10512,65 +10674,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId169">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="39" name="image7.png"/>
+                    <wp:docPr id="39" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10598,75 +10761,77 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId170">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.5 - Reflexive </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId171">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">se </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId172">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">and </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId173">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">si </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId174">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">and 2nd position</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -10713,73 +10878,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId175">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="107" name="image4.png"/>
+                    <wp:docPr id="107" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10807,50 +10974,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId176">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.5 - Reflexive </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId177">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">se/si</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId178">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> and 2nd position</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -10897,73 +11065,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId179">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image4.png"/>
+                    <wp:docPr id="12" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10972,95 +11142,98 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId180">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.5 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId181">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jak se máte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId182">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Translation sentences with </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId183">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mít se</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -11095,73 +11268,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId184">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="52" name="image4.png"/>
+                    <wp:docPr id="52" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11170,96 +11345,99 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId185">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.5 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId186">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jak se jmenuje...</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId187">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Translation sentences with </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId188">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">jmenovat se</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -11295,117 +11473,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.6 - 2. lekce, 6. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId189">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="85" name="image2.png"/>
+                    <wp:docPr id="85" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11489,56 +11671,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId191">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image1.png"/>
+                    <wp:docPr id="8" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId192">
@@ -11567,73 +11749,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId193">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="130" name="image2.png"/>
+                    <wp:docPr id="130" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11733,65 +11917,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId195">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="67" name="image7.png"/>
+                    <wp:docPr id="67" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11884,73 +12069,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000104">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId197">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image4.png"/>
+                    <wp:docPr id="3" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12050,65 +12237,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000107">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId199">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="118" name="image7.png"/>
+                    <wp:docPr id="118" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12201,73 +12389,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId201">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="83" name="image4.png"/>
+                    <wp:docPr id="83" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12367,65 +12557,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId203">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image7.png"/>
+                    <wp:docPr id="10" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12453,50 +12644,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010E">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId204">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.6 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId205">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mít </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId206">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">+ ACC singular forms (family members)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -12543,73 +12735,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000110">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId207">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="53" name="image4.png"/>
+                    <wp:docPr id="53" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12637,50 +12831,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000111">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId208">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.6 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId209">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mít </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId210">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">+ ACC singular (family members) exercise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -12727,73 +12922,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId211">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="106" name="image2.png"/>
+                    <wp:docPr id="106" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12821,50 +13018,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000114">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId212">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.6 - Quizlet - Accusative Singular - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId213">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mám </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId214">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">________ (family members)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -12918,65 +13116,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId215">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="73" name="image7.png"/>
+                    <wp:docPr id="73" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13004,50 +13203,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000117">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId216">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.6 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId217">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mít </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId218">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">+ ACC - plural forms (family members)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -13094,73 +13294,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId219">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="84" name="image2.png"/>
+                    <wp:docPr id="84" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13188,50 +13390,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId220">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.6 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId221">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mít </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId222">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">+ ACC - family members - plural forms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -13278,73 +13481,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId223">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="42" name="image4.png"/>
+                    <wp:docPr id="42" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13373,50 +13578,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId224">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.6 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId225">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mít </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId226">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">+ ACC - family members - plural forms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -13470,65 +13676,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId227">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="125" name="image7.png"/>
+                    <wp:docPr id="125" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13556,75 +13763,77 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000120">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId228">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.6 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId229">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">oba</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId230">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">, </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId231">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">obě </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId232">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘both’</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -13678,65 +13887,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId233">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="95" name="image4.png"/>
+                    <wp:docPr id="95" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13764,50 +13974,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId234">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.6 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId235">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">oba/obě</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId236">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Translation Sentences</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -13855,116 +14066,119 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.7 - 2. lekce, 7. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000128">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId237">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image7.png"/>
+                    <wp:docPr id="11" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14034,56 +14248,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId239">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="65" name="image1.png"/>
+                    <wp:docPr id="65" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId240">
@@ -14112,73 +14326,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId241">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="62" name="image4.png"/>
+                    <wp:docPr id="62" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14279,65 +14495,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId243">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="78" name="image7.png"/>
+                    <wp:docPr id="78" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14442,56 +14659,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="86" name="image10.png"/>
+                  <wp:docPr id="86" name="image9.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPr id="0" name="image9.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -14499,70 +14716,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000132">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId245">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.7 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId246">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jak velkou máte rodinu?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -14604,65 +14823,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000134">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId247">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="134" name="image4.png"/>
+                    <wp:docPr id="134" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14671,70 +14891,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000135">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId248">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.7 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId249">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jak velkou máte rodinu?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -14769,73 +14991,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000137">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId250">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="128" name="image2.png"/>
+                    <wp:docPr id="128" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14863,50 +15087,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000138">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId251">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.7 - Quizlet - Accusative Singular - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId252">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mám </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId253">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">________ (family members)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -14953,73 +15178,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId254">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="37" name="image2.png"/>
+                    <wp:docPr id="37" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15047,50 +15274,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013B">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId255">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.7 - Quizlet - Accusative Plural - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId256">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mám </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId257">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">________ (family members)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -15144,65 +15372,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId258">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="51" name="image7.png"/>
+                    <wp:docPr id="51" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15295,73 +15524,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000140">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId260">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="100" name="image4.png"/>
+                    <wp:docPr id="100" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15461,65 +15692,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000143">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId262">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="91" name="image7.png"/>
+                    <wp:docPr id="91" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15528,70 +15760,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000144">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId263">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.7 - Masculine words ending in -</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId264">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">a</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -15626,73 +15860,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000146">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId265">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="119" name="image4.png"/>
+                    <wp:docPr id="119" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15786,117 +16022,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.8 - 2. lekce, 8. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId267">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="68" name="image2.png"/>
+                    <wp:docPr id="68" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15980,56 +16220,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId269">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="122" name="image1.png"/>
+                    <wp:docPr id="122" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId270">
@@ -16058,73 +16298,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000150">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId271">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image2.png"/>
+                    <wp:docPr id="5" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16224,65 +16466,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000153">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId273">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="35" name="image7.png"/>
+                    <wp:docPr id="35" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16310,50 +16553,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000154">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId274">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.8 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId275">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kde bydlíte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId276">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Talking about Where You Live and the Locative Case</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -16400,73 +16644,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000156">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId277">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="64" name="image4.png"/>
+                    <wp:docPr id="64" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16475,70 +16721,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000157">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId278">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.8 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId279">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kde oni bydlí?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -16580,65 +16828,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000159">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId280">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="20" name="image7.png"/>
+                    <wp:docPr id="20" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16666,50 +16915,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015A">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId281">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.8 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId282">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spolubydlící </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId283">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">/ Roommates - Nouns that Decline Like Adjectives</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -16756,73 +17006,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId284">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="59" name="image4.png"/>
+                    <wp:docPr id="59" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16850,50 +17102,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015D">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId285">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.8 - Nouns that Decline Like Adjectives (</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId286">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">spolubydlící</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId287">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">)</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -16952,56 +17205,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="74" name="image10.png"/>
+                  <wp:docPr id="74" name="image9.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPr id="0" name="image9.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -17009,70 +17262,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000160">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId288">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.8 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId289">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bydlíte na koleji, v bytě nebo v domě? Máte spolubydlící?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -17114,65 +17369,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000162">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId290">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="56" name="image4.png"/>
+                    <wp:docPr id="56" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17181,70 +17437,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000163">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId291">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.8 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId292">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bydlíte na koleji, v bytě nebo v domě? Máte spolubydlící?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -17286,65 +17544,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000165">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId293">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image7.png"/>
+                    <wp:docPr id="14" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17372,50 +17631,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000166">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId294">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.8 - the verb </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId295">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">chtít </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId296">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">'to want'</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -17462,73 +17722,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000168">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId297">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="116" name="image4.png"/>
+                    <wp:docPr id="116" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17537,71 +17799,73 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000169">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId298">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.8 - Practice conjugating </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId299">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">chtít</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -17636,73 +17900,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId300">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="25" name="image4.png"/>
+                    <wp:docPr id="25" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17730,50 +17996,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016C">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId301">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.8 - Translation sentences with </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId302">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">chtít</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId303">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> 'to want'</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -17821,117 +18088,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.9 - 2. lekce, 9. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000171">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId304">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image4.png"/>
+                    <wp:docPr id="6" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17941,70 +18212,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000172">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId305">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.9 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId306">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kde žijou? Kde bydlí?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -18016,56 +18289,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000173">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId307">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="131" name="image1.png"/>
+                    <wp:docPr id="131" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId308">
@@ -18101,65 +18374,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000174">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId309">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="22" name="image7.png"/>
+                    <wp:docPr id="22" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18168,70 +18442,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000175">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId310">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.9 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId311">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Profese</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -18266,73 +18542,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000177">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId312">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="32" name="image2.png"/>
+                    <wp:docPr id="32" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18425,73 +18703,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId314">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="98" name="image2.png"/>
+                    <wp:docPr id="98" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18584,73 +18864,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId316">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="124" name="image4.png"/>
+                    <wp:docPr id="124" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18755,56 +19037,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="40" name="image10.png"/>
+                  <wp:docPr id="40" name="image9.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPr id="0" name="image9.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -18812,70 +19094,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000181">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId318">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.9 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId319">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kde bydlí vaši rodiče? Co dělají?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -18917,65 +19201,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000183">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId320">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image4.png"/>
+                    <wp:docPr id="16" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18984,70 +19269,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000184">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId321">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.9 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId322">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kde bydlí vaši rodiče? Co dělají?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -19089,65 +19376,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000186">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId323">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="77" name="image7.png"/>
+                    <wp:docPr id="77" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19156,95 +19444,98 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000187">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId324">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.9 - Preferring Activities - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId325">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">radši</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId326">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">, </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId327">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">nejradši</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -19286,65 +19577,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000189">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId328">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="112" name="image4.png"/>
+                    <wp:docPr id="112" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19353,70 +19645,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018A">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId329">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.9 - Preferring Activities - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId330">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">radši, nejradši</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -19452,116 +19746,119 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.10 - 2. lekce, 10. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId331">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="104" name="image2.png"/>
+                    <wp:docPr id="104" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19645,56 +19942,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000192">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId333">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="103" name="image1.png"/>
+                    <wp:docPr id="103" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId334">
@@ -19730,65 +20027,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000193">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId335">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="117" name="image4.png"/>
+                    <wp:docPr id="117" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19797,70 +20095,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000194">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId336">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.10 - Verb Review - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId337">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co dělají?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -19902,65 +20202,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000196">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId338">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="89" name="image4.png"/>
+                    <wp:docPr id="89" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19969,71 +20270,73 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000197">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId339">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.10 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId340">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">mít se</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -20075,65 +20378,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000199">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId341">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="48" name="image2.png"/>
+                    <wp:docPr id="48" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -20233,65 +20537,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId343">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="23" name="image2.png"/>
+                    <wp:docPr id="23" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -20396,56 +20701,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="46" name="image10.png"/>
+                  <wp:docPr id="46" name="image9.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPr id="0" name="image9.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -20453,70 +20758,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A0">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId345">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.10 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId346">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Máte bratry a sestry? Kde bydlí a co dělají?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -20558,65 +20865,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId347">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="38" name="image4.png"/>
+                    <wp:docPr id="38" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -20625,71 +20933,73 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A3">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId348">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.10 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId349">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Máte bratry a sestry? Kde bydlí a co dělají?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -20731,65 +21041,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId350">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="120" name="image4.png"/>
+                    <wp:docPr id="120" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -20817,50 +21128,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A6">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId351">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.10 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId352">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reality Czech</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId353">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Use of Colloquial Family Terms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -20919,56 +21231,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="69" name="image10.png"/>
+                  <wp:docPr id="69" name="image9.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPr id="0" name="image9.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -20976,70 +21288,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A9">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId354">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.10 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId355">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kde bydlí vaši prarodiče?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -21081,65 +21395,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId356">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="36" name="image4.png"/>
+                    <wp:docPr id="36" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -21148,70 +21463,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AC">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId357">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.10 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId358">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kde bydlí vaši prarodiče?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -21247,117 +21564,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2.11 - 2. lekce, 11. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId359">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="129" name="image2.png"/>
+                    <wp:docPr id="129" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -21442,56 +21763,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId361">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image1.png"/>
+                    <wp:docPr id="9" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId362">
@@ -21520,73 +21841,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId363">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="102" name="image2.png"/>
+                    <wp:docPr id="102" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -21687,65 +22010,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId365">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="92" name="image7.png"/>
+                    <wp:docPr id="92" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -21839,73 +22163,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId367">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="126" name="image4.png"/>
+                    <wp:docPr id="126" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -21999,73 +22325,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId369">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="47" name="image4.png"/>
+                    <wp:docPr id="47" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -22160,73 +22488,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId371">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="79" name="image2.png"/>
+                    <wp:docPr id="79" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -22320,73 +22650,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId373">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="123" name="image2.png"/>
+                    <wp:docPr id="123" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -22487,65 +22819,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId375">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="94" name="image4.png"/>
+                    <wp:docPr id="94" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -22651,56 +22984,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="127" name="image10.png"/>
+                  <wp:docPr id="127" name="image9.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPr id="0" name="image9.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -22709,71 +23042,73 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId377">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.11 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId378">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Které jazyky umíte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -22815,65 +23150,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId379">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="70" name="image4.png"/>
+                    <wp:docPr id="70" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -22883,71 +23219,73 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId380">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.11 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId381">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Které jazyky umíte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -22994,56 +23332,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="24" name="image10.png"/>
+                  <wp:docPr id="24" name="image9.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPr id="0" name="image9.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -23052,70 +23390,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId382">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.11 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId383">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Které jazyky umějí vaši rodiče?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -23157,65 +23497,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId384">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="57" name="image4.png"/>
+                    <wp:docPr id="57" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -23225,71 +23566,73 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId385">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">2.11 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId386">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Které jazyky umějí vaši rodiče?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -23697,50 +24040,51 @@
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -23763,148 +24107,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
@@ -24009,51 +24357,51 @@
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tcPr/>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518421873/spell/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518421873/match/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1703tT4PS05E4UlCOx4bMtb9P_S5MTPTVR7VHdnMipf8/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806148" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806148" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806148" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806148" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806147" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806147" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806147" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806147" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806146" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/the-verb-chtit-to-want" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexive-se-and-si-and-2nd-position" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/the-verb-chtit-to-want" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexive-se-and-si-and-2nd-position" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/the-verb-chtit-to-want" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806146" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806194" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806146" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806194" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806156" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/subjects" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518847297/match/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1wMHFRi4JCPnQZQ0kRjc3M0DP0tGUQheklPvEFLiPrHY/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1hr5bgAw4fm5Gs0wxS8GTxraaapDeNGzetUccJ92Y1lw/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/masculine-words-ending-in-a" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806236" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806131" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/masculine-words-ending-in-a" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/ynP1eI5ojQw" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.radio.cz/en/section/SoundCzech/yay-work" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806179" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/ynP1eI5ojQw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518415228/spell/embed" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libreshot.com/children-friendships/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846907/spell/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806181" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1olmmg3OT7RPyyCOSJWu_T8TQ0OE7GvB523s7ekqOMJg/edit" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226428289/flashcards" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806236" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806234" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806234" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806129" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/accusative-plural-of-adjectives" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806129" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226722162/learn/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518414629/spell/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806127" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/230916521/learn/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806129" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/5KIwUxqU3Lk" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/5KIwUxqU3Lk" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226722162/learn/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806232" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226722162/learn/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexive-se-and-si-and-2nd-position" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexive-se-and-si-and-2nd-position" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806192" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexive-se-and-si-and-2nd-position" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806192" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-to-have-and-mit-se-to-be-doing-well-badly-etc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806190" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-to-have-and-mit-se-to-be-doing-well-badly-etc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806190" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-to-have-and-mit-se-to-be-doing-well-badly-etc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-to-have-and-mit-se-to-be-doing-well-badly-etc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/spolubydlici-roommates-nouns-that-decline-like-adjectives" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/jak-se-mas-jak-se-mate/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/Fw_RcQGLEOg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/jak-se-mas-jak-se-mate/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/Fw_RcQGLEOg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806190" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-to-have-and-mit-se-to-be-doing-well-badly-etc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/spolubydlici-roommates-nouns-that-decline-like-adjectives" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/spolubydlici-roommates-nouns-that-decline-like-adjectives" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/227712943/learn/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kde-bydlite-talking-about-where-you-live-and-the-locative-case" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/liking-with-rad" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kde-bydlite-talking-about-where-you-live-and-the-locative-case" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/liking-with-rad" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/227712943/learn/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806188" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518415224/flashcards/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806188" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806140" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kde-bydlite-talking-about-where-you-live-and-the-locative-case" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/17O5A-HvvcE5nllKZVpLEFwafrYcvLksOqXu7dx5pS98/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518420520/flashcards/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518420520/flashcards/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518420520/flashcards/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806096" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806096" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806096" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/comparing-age" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806088" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-a-verbs" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-a-verbs" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-a-verbs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/using-the-curriculum" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/vase-rodina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/vase-rodina" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518421869/flashcards/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1MZZqcPqXRB-w3j2pNhZ3O0Qw8E9gPFp8GFunmgBlk6g/edit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/225876939/learn/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1OE-3vh-iIu5Nrls_vZXelEaz5U3eUammR7rv0QnVfMY/edit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CvX6iGCixPOvOySpT0sIOUw5acooI2if4UZg2WK9joQ/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846122/spell/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846122/spell/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846122/spell/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846122/spell/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846486/write/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846486/write/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846486/write/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226302032/learn/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806103" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806103" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806103" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846486/write/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846486/write/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226302032/learn/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226302032/learn/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518416699/flashcards/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518416699/flashcards/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518416699/flashcards/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806101" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806101" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806101" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-i-verbs" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226280717/learn/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226280717/learn/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226280717/learn/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806098" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806098" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806098" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-i-verbs" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-i-verbs" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/oba-obe-both" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806218" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518274498/learn/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806218" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806164" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518422263/flashcards/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806164" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/Cjvl5I1nymk" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806118" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806118" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/oba-obe-both" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806214" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806164" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/Cjvl5I1nymk" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226428289/learn/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226428289/match/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518421326/flashcards/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/229587459/match/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-plural-forms-family-members" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-plural-forms-family-members" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806213" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806213" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-plural-forms-family-members" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806214" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806208" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1bNic7XF4MqfZGLJ8cchxzaJVT5LsjqHd4R7TNEUZ1qQ/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518847297/match/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806161" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806229" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806127" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806127" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806175" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806175" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-e-verbs" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806228" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806172" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518513309/flashcards/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1GvdbTDYv9J-qhHnoDjFasYP9dOSZPjKipY_2sbieffA/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1qo0B9MZyL3forGX90Pf3VSOfwZSokzaweg2eq6EE6nc/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518413452/flashcards/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-e-verbs" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/6XPbmBELZtg" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-e-verbs" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/6XPbmBELZtg" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/languages-we-know" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/colloquial-variants-of-family-terms" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1FEaNy6wBXWA1PeMs8pY8QdUwKhUrqCTl8ym6Rbp0MHQ/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518413448/spell/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/czech-question-formation" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806112" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/time-expressions-indicating-how-often" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846122/spell/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/czech-present-tense" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518513309/flashcards/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/accusative-singular-of-adjectives" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806121" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806221" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806166" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806221" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518513309/flashcards/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806118" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/oba-obe-both" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806219" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/oba-obe-both" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806219" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/saying-how-often-you-do-things" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806166" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806166" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/PdsxENR8syI" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806119" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/PdsxENR8syI" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/oba-obe-both" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806219" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806199" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806195" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806195" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1JCeWApsSO8g5CJnZE7cnPg_GKSqwG7Tez2Ry7XZICJA/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806199" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806195" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-singular-forms-family-members" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/preferring-activities-radsi-nejradsi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-singular-forms-family-members" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/preferring-activities-radsi-nejradsi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-singular-forms-family-members" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/preferring-activities-radsi-nejradsi" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/preferring-activities-radsi-nejradsi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806161" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806161" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806208" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806158" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806205" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/direct-objects" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806205" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/229587459/learn/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518415007/flashcards/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/ytCVWy34MPY" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/ytCVWy34MPY" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806203" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/profese" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/profese" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518421873/spell/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518421873/match/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1703tT4PS05E4UlCOx4bMtb9P_S5MTPTVR7VHdnMipf8/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806148" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806148" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806148" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806148" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806147" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806147" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806147" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806147" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806146" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/the-verb-chtit-to-want" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexive-se-and-si-and-2nd-position" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/the-verb-chtit-to-want" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexive-se-and-si-and-2nd-position" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/the-verb-chtit-to-want" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806146" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806194" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806146" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806194" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806156" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/subjects" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518847297/match/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1wMHFRi4JCPnQZQ0kRjc3M0DP0tGUQheklPvEFLiPrHY/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1hr5bgAw4fm5Gs0wxS8GTxraaapDeNGzetUccJ92Y1lw/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/masculine-words-ending-in-a" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806236" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806131" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/masculine-words-ending-in-a" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/ynP1eI5ojQw" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.radio.cz/en/section/SoundCzech/yay-work" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806179" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/ynP1eI5ojQw" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518415228/spell/embed" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://libreshot.com/children-friendships/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846907/spell/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806181" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1olmmg3OT7RPyyCOSJWu_T8TQ0OE7GvB523s7ekqOMJg/edit" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226428289/flashcards" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806236" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806234" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806234" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806129" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/accusative-plural-of-adjectives" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806129" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226722162/learn/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518414629/spell/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806127" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/230916521/learn/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806129" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/5KIwUxqU3Lk" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/5KIwUxqU3Lk" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226722162/learn/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806232" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226722162/learn/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexive-se-and-si-and-2nd-position" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexive-se-and-si-and-2nd-position" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806192" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexive-se-and-si-and-2nd-position" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806192" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-to-have-and-mit-se-to-be-doing-well-badly-etc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806190" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-to-have-and-mit-se-to-be-doing-well-badly-etc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806190" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-to-have-and-mit-se-to-be-doing-well-badly-etc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-to-have-and-mit-se-to-be-doing-well-badly-etc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/spolubydlici-roommates-nouns-that-decline-like-adjectives" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/jak-se-mas-jak-se-mate/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/Fw_RcQGLEOg" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/jak-se-mas-jak-se-mate/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/Fw_RcQGLEOg" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806190" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-to-have-and-mit-se-to-be-doing-well-badly-etc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/spolubydlici-roommates-nouns-that-decline-like-adjectives" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/spolubydlici-roommates-nouns-that-decline-like-adjectives" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/227712943/learn/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kde-bydlite-talking-about-where-you-live-and-the-locative-case" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/liking-with-rad" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kde-bydlite-talking-about-where-you-live-and-the-locative-case" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/liking-with-rad" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/227712943/learn/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806188" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518415224/flashcards/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806188" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806140" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kde-bydlite-talking-about-where-you-live-and-the-locative-case" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/17O5A-HvvcE5nllKZVpLEFwafrYcvLksOqXu7dx5pS98/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518420520/flashcards/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518420520/flashcards/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518420520/flashcards/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806096" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806096" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806096" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/comparing-age" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806088" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806088" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-a-verbs" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-a-verbs" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-a-verbs" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/using-the-curriculum" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/vase-rodina" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/vase-rodina" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518421869/flashcards/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1MZZqcPqXRB-w3j2pNhZ3O0Qw8E9gPFp8GFunmgBlk6g/edit" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/225876939/learn/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1OE-3vh-iIu5Nrls_vZXelEaz5U3eUammR7rv0QnVfMY/edit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CvX6iGCixPOvOySpT0sIOUw5acooI2if4UZg2WK9joQ/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846122/spell/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846122/spell/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846122/spell/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846122/spell/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846486/write/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846486/write/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846486/write/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226302032/learn/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806103" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806103" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806103" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846486/write/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846486/write/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226302032/learn/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226302032/learn/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518416699/flashcards/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518416699/flashcards/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518416699/flashcards/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806101" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806101" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806101" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-i-verbs" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226280717/learn/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226280717/learn/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226280717/learn/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806098" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806098" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806098" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-i-verbs" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-i-verbs" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/oba-obe-both" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806218" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518274498/learn/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806218" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806164" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518422263/flashcards/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806164" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/Cjvl5I1nymk" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806118" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806118" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/oba-obe-both" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806214" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806164" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/Cjvl5I1nymk" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226428289/learn/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/226428289/match/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518421326/flashcards/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518964041/write/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/229587459/match/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-plural-forms-family-members" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-plural-forms-family-members" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806213" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806213" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-plural-forms-family-members" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806214" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806208" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1bNic7XF4MqfZGLJ8cchxzaJVT5LsjqHd4R7TNEUZ1qQ/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518963380/write/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518847297/match/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806161" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806229" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806127" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806127" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806175" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806175" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-e-verbs" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806228" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806172" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518513309/flashcards/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1GvdbTDYv9J-qhHnoDjFasYP9dOSZPjKipY_2sbieffA/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1qo0B9MZyL3forGX90Pf3VSOfwZSokzaweg2eq6EE6nc/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518413452/flashcards/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-e-verbs" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/6XPbmBELZtg" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conjugation-of-e-verbs" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/6XPbmBELZtg" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/languages-we-know" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/colloquial-variants-of-family-terms" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1FEaNy6wBXWA1PeMs8pY8QdUwKhUrqCTl8ym6Rbp0MHQ/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518413448/spell/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/czech-question-formation" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806112" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/time-expressions-indicating-how-often" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518846122/spell/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/czech-present-tense" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518513309/flashcards/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/accusative-singular-of-adjectives" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806121" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806221" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806166" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806221" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518513309/flashcards/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806118" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/oba-obe-both" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806219" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/oba-obe-both" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806219" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/saying-how-often-you-do-things" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806166" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806166" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/PdsxENR8syI" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806119" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/PdsxENR8syI" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/oba-obe-both" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806219" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806199" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806195" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806195" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1JCeWApsSO8g5CJnZE7cnPg_GKSqwG7Tez2Ry7XZICJA/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806199" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806195" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-singular-forms-family-members" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/preferring-activities-radsi-nejradsi" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-singular-forms-family-members" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/preferring-activities-radsi-nejradsi" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/mit-acc-singular-forms-family-members" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/preferring-activities-radsi-nejradsi" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/preferring-activities-radsi-nejradsi" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806161" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806161" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806208" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806158" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806205" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/direct-objects" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806205" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/229587459/learn/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/518415007/flashcards/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/ytCVWy34MPY" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/ytCVWy34MPY" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13806203" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/profese" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/profese" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>