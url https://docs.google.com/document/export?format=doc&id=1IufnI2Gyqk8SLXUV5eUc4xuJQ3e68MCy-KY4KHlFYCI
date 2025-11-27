--- v0 (2025-10-10)
+++ v1 (2025-11-27)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_1ez77hth4mbc" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
@@ -266,55 +267,57 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Karel cvičí?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -411,115 +414,121 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Now, one thing worth also discussing is the two possible translations for this question. In the previous discussion (</w:t>
       </w:r>
       <w:hyperlink r:id="rId7">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:color w:val="1155cc"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">2.3 - Czech Present Tense, part 1</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">), we learned about how Czech has a rather simple way of forming the present tense that doesn’t distinguish between simple present, emphatic simple present, and present progressive, as in English (i.e. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">já cvičím</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> can mean ‘I exercise’, ‘I do exercise’, ‘I am exercising’). Just as in this section, my recommendation is that you don’t focus on it too much, but just be aware that Czech can translate these questions either as a simple present </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Do/does</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> question (i.e. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Do you swim?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Does he sleep?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, etc.) or as a present progressing (i.e. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Are you swimming?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Is he sleeping?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
@@ -614,56 +623,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="5810250" cy="3898900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image1.png"/>
+                    <wp:docPr id="2" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="5810250" cy="3898900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -682,141 +691,147 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Simple Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Present Continuous</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomáš bydlí tady?</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Does Tomáš live here</w:t>
             </w:r>
@@ -837,57 +852,59 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomáš bydlí tady teď?</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Is Tomáš living here now?</w:t>
             </w:r>
@@ -906,89 +923,93 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Notice how in the simple present there is no form of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dělat</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘to do’ to translate the English word </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">does</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. In English, the word </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">does</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> is just a helper word. In Czech, they don’t use a helper word like this. Similarly, in the present continuous, English uses the word </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">is</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> as a helper verb. Czech does not use a separate word to indicate this. Here we just use the conjugated form of the verb.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -1038,56 +1059,56 @@
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="5810250" cy="4648200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image2.png"/>
+                    <wp:docPr id="3" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="14942" l="0" r="0" t="4926"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="5810250" cy="4648200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1106,237 +1127,247 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Simple Present</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Present Continuous</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaříš každý den?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Do you cook every day? </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vaříš teď?</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Are you cooking now?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Again notice how in the simple present there is no word to translate the English word </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">do</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> and in the present continuous there is no word to translate </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">are</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Czech does not use such helper words to make questions like English does.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -1386,50 +1417,51 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1452,179 +1484,183 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.goodfreephotos.com/food/cooking-ingredients-with-avocado-mushrooms-eggs.jpg.php" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1ob3WPBc2PIWuMMfyjF6IDcxuBo1iyfqvtcL5dd9D0rE/edit#heading=h.89bdqcqdo1uq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/e/2PACX-1vSBdGNL4JTfoYmR0BxN9o25wCBf4Fi4DQtXl7jRJpt47QKfl7slURwxZ0QMYpVxLfSRW5CmwSovBdIk/pub" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Zem%C4%9Bd%C4%9Blsk%C3%BD_dv%C5%AFr_%C4%8Dp._6,_vesnice_Debrno,_%C4%8D%C3%A1st_obce_Dolany,_okres_M%C4%9Bln%C3%ADk_01.JPG" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.goodfreephotos.com/food/cooking-ingredients-with-avocado-mushrooms-eggs.jpg.php" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1ob3WPBc2PIWuMMfyjF6IDcxuBo1iyfqvtcL5dd9D0rE/edit#heading=h.89bdqcqdo1uq" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/e/2PACX-1vSBdGNL4JTfoYmR0BxN9o25wCBf4Fi4DQtXl7jRJpt47QKfl7slURwxZ0QMYpVxLfSRW5CmwSovBdIk/pub" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Zem%C4%9Bd%C4%9Blsk%C3%BD_dv%C5%AFr_%C4%8Dp._6,_vesnice_Debrno,_%C4%8D%C3%A1st_obce_Dolany,_okres_M%C4%9Bln%C3%ADk_01.JPG" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>