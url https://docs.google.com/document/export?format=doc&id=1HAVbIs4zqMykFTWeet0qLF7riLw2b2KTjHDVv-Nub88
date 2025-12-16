--- v0 (2025-10-21)
+++ v1 (2025-12-16)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_a1bys4hjtj2k" w:id="0"/>
@@ -1336,56 +1337,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1843088" cy="1228725"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="24" name="image21.png"/>
+                    <wp:docPr id="24" name="image22.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image21.png"/>
+                            <pic:cNvPr id="0" name="image22.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1843088" cy="1228725"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1405,56 +1406,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1824038" cy="1276826"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="30" name="image31.png"/>
+                    <wp:docPr id="30" name="image33.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image31.png"/>
+                            <pic:cNvPr id="0" name="image33.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="30303" l="0" r="0" t="23636"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1824038" cy="1276826"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1474,56 +1475,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1833563" cy="1222375"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="32" name="image24.png"/>
+                    <wp:docPr id="32" name="image32.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image24.png"/>
+                            <pic:cNvPr id="0" name="image32.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1833563" cy="1222375"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1549,56 +1550,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1843088" cy="1228725"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="26" name="image27.png"/>
+                    <wp:docPr id="26" name="image21.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image27.png"/>
+                            <pic:cNvPr id="0" name="image21.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1843088" cy="1228725"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1618,56 +1619,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1852613" cy="1235075"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="31" name="image32.png"/>
+                    <wp:docPr id="31" name="image31.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image32.png"/>
+                            <pic:cNvPr id="0" name="image31.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1852613" cy="1235075"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1687,56 +1688,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1833563" cy="1222375"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image3.png"/>
+                    <wp:docPr id="15" name="image17.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image17.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1833563" cy="1222375"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2012,50 +2013,51 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_sj28whhrkr30" w:id="6"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="333a91"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1 Zadatak 14. Vjenčanje i običaji</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">👥 </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Rad u paru</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Talk with your classmate and answer the following questions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
       <w:pPr>
         <w:pStyle w:val="Heading3"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_dkvst5b845h3" w:id="7"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Što obično nosi mladoženja?</w:t>
       </w:r>
@@ -2103,96 +2105,96 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="821898" cy="614305"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="29" name="image19.png"/>
+                    <wp:docPr id="29" name="image25.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image19.png"/>
+                            <pic:cNvPr id="0" name="image25.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="821898" cy="614305"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="779504" cy="541941"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image4.png"/>
+                    <wp:docPr id="13" name="image28.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image28.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId21"/>
                             <a:srcRect b="23076" l="0" r="0" t="7692"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="779504" cy="541941"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2212,96 +2214,96 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId22">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="938213" cy="623863"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image1.png"/>
+                    <wp:docPr id="9" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId23"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="938213" cy="623863"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="808190" cy="553434"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="20" name="image15.png"/>
+                    <wp:docPr id="20" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId25"/>
                             <a:srcRect b="8275" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="808190" cy="553434"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2361,56 +2363,56 @@
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="850204" cy="500120"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="758246" cy="500120"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="23" name="image26.png"/>
+                    <wp:docPr id="23" name="image18.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image26.png"/>
+                            <pic:cNvPr id="0" name="image18.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId29"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="758246" cy="500120"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2590,56 +2592,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId30">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1866900" cy="2838441"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image8.png"/>
+                    <wp:docPr id="6" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId31"/>
                             <a:srcRect b="14994" l="44692" r="27040" t="20052"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1866900" cy="2838441"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2659,56 +2661,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId32">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="2819400"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="33" name="image29.png"/>
+                    <wp:docPr id="33" name="image27.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image29.png"/>
+                            <pic:cNvPr id="0" name="image27.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId33"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="2819400"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2728,56 +2730,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId34">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="2768600"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="25" name="image20.png"/>
+                    <wp:docPr id="25" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image20.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId35"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="2768600"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2958,56 +2960,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId36">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1384300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image17.png"/>
+                    <wp:docPr id="1" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image17.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId37"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1384300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3096,56 +3098,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId40">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1384300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image13.png"/>
+                    <wp:docPr id="16" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId41"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1384300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3337,56 +3339,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId42">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1384300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image9.png"/>
+                    <wp:docPr id="10" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId43"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1384300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3406,56 +3408,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId44">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1866900" cy="1362075"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image11.png"/>
+                    <wp:docPr id="7" name="image19.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image19.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId45"/>
                             <a:srcRect b="0" l="9019" r="14117" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1866900" cy="1362075"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3475,56 +3477,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId46">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1384300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image16.png"/>
+                    <wp:docPr id="14" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId47"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1384300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3687,56 +3689,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId48">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1600200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image10.png"/>
+                    <wp:docPr id="12" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId49"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1600200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3756,56 +3758,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId50">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1600200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="21" name="image25.png"/>
+                    <wp:docPr id="21" name="image23.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image25.png"/>
+                            <pic:cNvPr id="0" name="image23.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId51"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1600200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3900,56 +3902,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId54">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1854817"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="27" name="image23.png"/>
+                    <wp:docPr id="27" name="image29.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image23.png"/>
+                            <pic:cNvPr id="0" name="image29.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId55"/>
                             <a:srcRect b="0" l="0" r="0" t="2145"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1854817"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4281,100 +4283,103 @@
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_talv9z2rquzj" w:id="12"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="333a91"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3.1 Zadatak 15. Obitelj</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">🔊 Listen to the </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dialogues (one to four).</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Davor met his friends and is talking about a recent wedding that he went to. At the same time, Laura has a chance to learn more about his family.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:pStyle w:val="Heading4"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_b85aezryneid" w:id="13"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Vocabulary</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">bilo je</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> = it was</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">to je bilo</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> = that was</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
@@ -4600,56 +4605,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId56">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="28" name="image28.png"/>
+                    <wp:docPr id="28" name="image24.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image28.png"/>
+                            <pic:cNvPr id="0" name="image24.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId57"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4668,56 +4673,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId58">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1260033"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image5.png"/>
+                    <wp:docPr id="17" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId59"/>
                             <a:srcRect b="0" l="0" r="0" t="10229"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1260033"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4736,56 +4741,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId60">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1838325" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image7.png"/>
+                    <wp:docPr id="8" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId61"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1838325" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4911,56 +4916,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId62">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="19" name="image35.jpg"/>
+                    <wp:docPr id="19" name="image34.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image35.jpg"/>
+                            <pic:cNvPr id="0" name="image34.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId63"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4979,56 +4984,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId64">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image18.png"/>
+                    <wp:docPr id="18" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image18.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId65"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5047,56 +5052,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId66">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1838325" cy="1219200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image14.png"/>
+                    <wp:docPr id="3" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId67"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1838325" cy="1219200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5503,56 +5508,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3670300"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="34" name="image22.jpg"/>
+            <wp:docPr id="34" name="image26.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image22.jpg"/>
+                    <pic:cNvPr id="0" name="image26.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId68"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3670300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -5956,56 +5961,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId69">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="212180" cy="444894"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image2.png"/>
+                    <wp:docPr id="2" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId70"/>
                             <a:srcRect b="7010" l="56040" r="15436" t="7689"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="212180" cy="444894"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6025,56 +6030,56 @@
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId71">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="212180" cy="444894"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="22" name="image2.png"/>
+                    <wp:docPr id="22" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId70"/>
                             <a:srcRect b="7350" l="14551" r="56924" t="7350"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="212180" cy="444894"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6132,94 +6137,96 @@
             </w:tcBorders>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Jesi li TI </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">oženjen</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="ffffff" w:space="0" w:sz="48" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Jesi li TI </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">udana</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
@@ -6757,196 +6764,203 @@
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial Unicode MS"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="35" name="image33.png"/>
+          <wp:docPr id="35" name="image20.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image33.png"/>
+                  <pic:cNvPr id="0" name="image20.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="4" name="image34.png"/>
+          <wp:docPr id="4" name="image35.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image34.png"/>
+                  <pic:cNvPr id="0" name="image35.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">3 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 1: Rad na satu</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Kakav otac, takav sin</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -6969,148 +6983,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
@@ -7183,55 +7201,55 @@
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table14">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table15">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Wedding_decoration3.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Rocky_beach_at_Bra%C4%8D_island,_in_the_Adriatic_Sea_within_Croatia.jpg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:2014_Prowincja_Armawir,_Zwartnoc,_Namiot_weselny_(02).jpg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Crkva_sv._Ane_Kri%C5%BEevci.jpg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/585759079" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/bride-wedding-dress-beauty-5628516/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/vjencanje-katolicko-mjesto-vjencanja-crkva-mladozenja" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1saSnmC8BPlBCM1aAJyi67nDvf_ePZhX98Uv3LPETqkU/edit#heading=h.yvwpx9ya6cv8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/bride-marriage-wedding-dress-woman-301810/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Woman_wearing_black_taffeta_dress.jpg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/woman-red-dress-portrait-long-dress-5779998/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/311591/female-and-male-symbol-silhouette" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/jasonparis/6602243303" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Hotel_International-Zagreb.JPG" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/jcapaldi/2316927315/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/blank-tshirt-male-fashion-top-1886001/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/vjencanica-mladenka-mladozenja-vjencanje-svecanost" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maxpixel.net/Studio-Nanjing-Jeans-7866" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:DSC_2877_Janez_Novak_Pogreb_24_Tatjana_Bobnar.jpg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/683667" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxfuel.com/en/free-photo-xxish" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/893391" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/311591/female-and-male-symbol-silhouette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/1050945" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/487877835" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/wedding-couple-marriage-1836315/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/1544717" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/wedding-ceremony-champagne-glasses-1868868/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/vjencanje-glamur-auto-limuzina-mladozenja" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Torta_50_rodjendan.jpg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/old-town-groom-bride-wedding" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hippopx.com/hr/baby-baptism-child-christening-hands-royalty-images-362848" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/groom-beard-bow-tie-brooch-fashion-1850932/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/swimming-trunks-short-592893/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Wedding_decoration3.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Rocky_beach_at_Bra%C4%8D_island,_in_the_Adriatic_Sea_within_Croatia.jpg" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:2014_Prowincja_Armawir,_Zwartnoc,_Namiot_weselny_(02).jpg" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Crkva_sv._Ane_Kri%C5%BEevci.jpg" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/585759079" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/bride-wedding-dress-beauty-5628516/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/vjencanje-katolicko-mjesto-vjencanja-crkva-mladozenja" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1saSnmC8BPlBCM1aAJyi67nDvf_ePZhX98Uv3LPETqkU/edit#heading=h.yvwpx9ya6cv8" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/bride-marriage-wedding-dress-woman-301810/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Woman_wearing_black_taffeta_dress.jpg" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/woman-red-dress-portrait-long-dress-5779998/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/311591/female-and-male-symbol-silhouette" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/jasonparis/6602243303" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Hotel_International-Zagreb.JPG" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/jcapaldi/2316927315/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/blank-tshirt-male-fashion-top-1886001/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/vjencanica-mladenka-mladozenja-vjencanje-svecanost" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.jpg"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maxpixel.net/Studio-Nanjing-Jeans-7866" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:DSC_2877_Janez_Novak_Pogreb_24_Tatjana_Bobnar.jpg" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/683667" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pxfuel.com/en/free-photo-xxish" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/893391" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/311591/female-and-male-symbol-silhouette" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/1050945" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://vimeo.com/487877835" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/wedding-couple-marriage-1836315/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/1544717" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/wedding-ceremony-champagne-glasses-1868868/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/vjencanje-glamur-auto-limuzina-mladozenja" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Torta_50_rodjendan.jpg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/old-town-groom-bride-wedding" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.hippopx.com/hr/baby-baptism-child-christening-hands-royalty-images-362848" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/groom-beard-bow-tie-brooch-fashion-1850932/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/swimming-trunks-short-592893/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>