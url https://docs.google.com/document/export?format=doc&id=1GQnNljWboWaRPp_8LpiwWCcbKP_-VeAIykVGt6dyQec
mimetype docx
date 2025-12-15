--- v0 (2025-10-21)
+++ v1 (2025-12-15)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="image/jpeg" Extension="jpg"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_e4chyjwhw26v" w:id="0"/>
@@ -141,56 +142,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1790700" cy="1346200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image3.png"/>
+                    <wp:docPr id="10" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1790700" cy="1346200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -209,56 +210,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1800225" cy="1346200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image5.png"/>
+                    <wp:docPr id="13" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1800225" cy="1346200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -277,56 +278,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1800225" cy="1346200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image2.png"/>
+                    <wp:docPr id="2" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1800225" cy="1346200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -452,56 +453,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1809750" cy="1352550"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image8.png"/>
+                    <wp:docPr id="4" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="29104" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1809750" cy="1352550"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -520,56 +521,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1800225" cy="1346200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image9.png"/>
+                    <wp:docPr id="9" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1800225" cy="1346200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -588,56 +589,56 @@
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1800225" cy="1346200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image6.png"/>
+                    <wp:docPr id="8" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1800225" cy="1346200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -754,76 +755,79 @@
         <w:pStyle w:val="Heading2"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_fijpndeq6yhk" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Pay attention!</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Locations such as: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">rijeka, more, jezero</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> can go with both prepositions - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">u</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> and </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.  Look at the differences between the following sets of sentences.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="9120.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="6" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -930,63 +934,65 @@
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Idem plivati u jezero.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">When using the verb </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ići</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> + preposition </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">u</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, these three sentences indicate the meaning that you will enter the water - you are indicating your action of swimming.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
         <w:tblW w:w="9120.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="6" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -1093,63 +1099,65 @@
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Idem na jezero.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">When using the verb</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ići</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> + proposition </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, as shown in the above sentence, you are sending a message that you are planning to take a trip, drive, bike, or walk towards the sea/river/lake. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_rfq6zhtrs9vt" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Što radiš?</w:t>
       </w:r>
     </w:p>
@@ -1265,56 +1273,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image4.png"/>
+                    <wp:docPr id="3" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId21"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1334,56 +1342,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId22">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1219200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image11.jpg"/>
+                    <wp:docPr id="12" name="image12.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.jpg"/>
+                            <pic:cNvPr id="0" name="image12.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId23"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1219200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1555,56 +1563,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1917700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image7.png"/>
+                    <wp:docPr id="7" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId25"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1917700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1624,56 +1632,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2828925" cy="1914525"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image12.jpg"/>
+                    <wp:docPr id="6" name="image11.jpg"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.jpg"/>
+                            <pic:cNvPr id="0" name="image11.jpg"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId27"/>
                             <a:srcRect b="0" l="0" r="2302" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2828925" cy="1914525"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1844,128 +1852,134 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Hej, hej (or simply “hej”)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pozz</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Bok / Bog</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Translated to English, these would simply mean “hi” or “hey.”  However, you can also see that our characters used:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:rPr/>
       </w:pPr>
@@ -2033,138 +2047,144 @@
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pozz</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Čujemo se (kasnije). || English: Talk (later).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vidimo se (kasnije). || English: See you (later).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">As you can see, “pozz” [pozdrav] can be used to indicate: (1) hey/hi, but also (2) bye. To wish someone a good time, you can use:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2238,102 +2258,107 @@
         <w:pStyle w:val="Subtitle"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_jzoi5ahget6o" w:id="13"/>
       <w:bookmarkEnd w:id="13"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Difference between što and šta</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">In the above communication, Mario asked Laura “Šta radiš” (What are you doing?). You learned that in Croatian a question form of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">what</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> is </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">što</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. However, in everyday speech it is most likely that you will hear people saying </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">šta</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. This is a very common way of saying it. It is perfectly normal to say </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">šta</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> in an informal setting. However, if you are in a more formal setting and you need to use the standardized language form, it is preferable to use </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">što</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
@@ -2460,113 +2485,119 @@
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">2 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 3: Vokabular</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Kamo ideš?</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -2589,148 +2620,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
@@ -2748,51 +2783,51 @@
   <w:style w:type="table" w:styleId="Table5">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table6">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table7">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/backpack-book-travel-bag-notebook-1839705/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/andypowe11/9613997496/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Icehole.jpg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/7174132@N05/3879447770/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1N5zeKO3pRuG7ajnhUyh-uT-tD1fF2HyhxSPejokVqwk/edit#heading=h.pjpekw3tgnvb" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Kolpa-Prelesje.JPG" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Jadran_2015.JPG" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Plitvi%C4%8Dka_jezera_7.6.jpg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:People_on_the_small_beach_in_Malinska,_Krk,_Croatia_(15557728335).jpg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Stu%C5%BEica_primeval_forest,_Slovakia.jpg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Trg_bana_Josipa_Jela%C4%8Di%C4%87a_-_panoramio_(2).jpg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/adoption-party-table-child-1515294/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/backpack-book-travel-bag-notebook-1839705/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/andypowe11/9613997496/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Icehole.jpg" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/7174132@N05/3879447770/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1N5zeKO3pRuG7ajnhUyh-uT-tD1fF2HyhxSPejokVqwk/edit#heading=h.pjpekw3tgnvb" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Kolpa-Prelesje.JPG" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Jadran_2015.JPG" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Plitvi%C4%8Dka_jezera_7.6.jpg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:People_on_the_small_beach_in_Malinska,_Krk,_Croatia_(15557728335).jpg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Stu%C5%BEica_primeval_forest,_Slovakia.jpg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Trg_bana_Josipa_Jela%C4%8Di%C4%87a_-_panoramio_(2).jpg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/adoption-party-table-child-1515294/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>