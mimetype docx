--- v0 (2025-11-07)
+++ v1 (2026-01-08)
@@ -125,56 +125,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image13.png"/>
+                    <wp:docPr id="11" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -194,56 +194,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image6.png"/>
+                    <wp:docPr id="14" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -263,56 +263,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image10.png"/>
+                    <wp:docPr id="17" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -338,56 +338,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image5.png"/>
+                    <wp:docPr id="8" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -407,56 +407,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="20" name="image11.png"/>
+                    <wp:docPr id="20" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -476,56 +476,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image17.png"/>
+                    <wp:docPr id="4" name="image12.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image17.png"/>
+                            <pic:cNvPr id="0" name="image12.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1373,56 +1373,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1554240"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image9.png"/>
+                    <wp:docPr id="7" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="27154" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1554240"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1443,56 +1443,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1524000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image1.png"/>
+                    <wp:docPr id="12" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId21"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1524000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1652,50 +1652,51 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:color w:val="f75b2f"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">|</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilješke</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> (notes)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
@@ -1742,56 +1743,56 @@
         </w:rPr>
         <w:t xml:space="preserve">6.1 Zadatak 4. Razumijevanje</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">👥 Based on the information that you collected while listening to the dialogue, talk with your classmate and answer the following set of questions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3086100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="1" name="image4.png"/>
+            <wp:docPr id="1" name="image7.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image4.png"/>
+                    <pic:cNvPr id="0" name="image7.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3086100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3585,56 +3586,56 @@
         </w:rPr>
         <w:t xml:space="preserve">6.1 Zadatak 5. Planovi za večeras</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Read the text messages between friends and complete the task.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3340100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image2.jpg"/>
+            <wp:docPr id="2" name="image1.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image2.jpg"/>
+                    <pic:cNvPr id="0" name="image1.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3340100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3904,106 +3905,108 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kamo ti želiš ići:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId25">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image12.png"/>
+                    <wp:docPr id="3" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId26"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4024,56 +4027,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId27">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image7.png"/>
+                    <wp:docPr id="6" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId28"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4094,56 +4097,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId29">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image8.png"/>
+                    <wp:docPr id="18" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId30"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4510,56 +4513,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId37">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="19" name="image16.png"/>
+                    <wp:docPr id="19" name="image20.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image20.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId38"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4580,56 +4583,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId39">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="939800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image15.png"/>
+                    <wp:docPr id="15" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId40"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="939800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4866,55 +4869,57 @@
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Korak 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -4933,55 +4938,57 @@
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Korak 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -5000,55 +5007,57 @@
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Korak 3. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -6060,142 +6069,148 @@
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="9" name="image20.png"/>
+          <wp:docPr id="9" name="image17.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image20.png"/>
+                  <pic:cNvPr id="0" name="image17.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AB">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">6 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 1: Rad na satu</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Hoćeš-nećeš, moraš</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6465,148 +6480,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
@@ -6643,55 +6662,55 @@
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table9">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table10">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/List_of_universities_in_Europe_founded_after_1945#/media/File:Split_University_Library-wide.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1HOPh_thVHZjL9TB4DGUADDE-CRANSckdPRu5VjsLgbM/edit#heading=h.ktkus0ccq3de" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.78u5w1l31upp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.tdsimnjdzaie" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbfdg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkulv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxi" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkbfu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zmnya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbjey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szkhi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkehw" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zknby" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-frtif" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fvkmj" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fzfkq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkacb" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/92700776@N07/8774821259" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/List_of_universities_in_Europe_founded_after_1945#/media/File:Split_University_Library-wide.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1HOPh_thVHZjL9TB4DGUADDE-CRANSckdPRu5VjsLgbM/edit#heading=h.ktkus0ccq3de" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.78u5w1l31upp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.tdsimnjdzaie" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbfdg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkulv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxi" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkbfu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zmnya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbjey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szkhi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkehw" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zknby" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-frtif" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fvkmj" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fzfkq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkacb" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/92700776@N07/8774821259" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>