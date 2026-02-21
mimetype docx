--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -125,56 +125,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image15.png"/>
+                    <wp:docPr id="11" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -338,56 +338,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image8.png"/>
+                    <wp:docPr id="8" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -407,56 +407,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="20" name="image10.png"/>
+                    <wp:docPr id="20" name="image17.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image17.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -476,56 +476,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image12.png"/>
+                    <wp:docPr id="4" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1443,56 +1443,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1524000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image2.png"/>
+                    <wp:docPr id="12" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId21"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1524000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1743,56 +1743,56 @@
         </w:rPr>
         <w:t xml:space="preserve">6.1 Zadatak 4. Razumijevanje</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">👥 Based on the information that you collected while listening to the dialogue, talk with your classmate and answer the following set of questions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3086100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="1" name="image7.png"/>
+            <wp:docPr id="1" name="image9.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image7.png"/>
+                    <pic:cNvPr id="0" name="image9.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3086100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3586,56 +3586,56 @@
         </w:rPr>
         <w:t xml:space="preserve">6.1 Zadatak 5. Planovi za večeras</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Read the text messages between friends and complete the task.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3340100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="2" name="image1.jpg"/>
+            <wp:docPr id="2" name="image2.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image1.jpg"/>
+                    <pic:cNvPr id="0" name="image2.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId24"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3340100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3957,56 +3957,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId25">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image6.png"/>
+                    <wp:docPr id="3" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId26"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4027,56 +4027,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId27">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image9.png"/>
+                    <wp:docPr id="6" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId28"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4097,56 +4097,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId29">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image13.png"/>
+                    <wp:docPr id="18" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId30"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4167,56 +4167,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId31">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image14.png"/>
+                    <wp:docPr id="16" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId32"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4373,56 +4373,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId33">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image18.png"/>
+                    <wp:docPr id="5" name="image19.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image18.png"/>
+                            <pic:cNvPr id="0" name="image19.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId34"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4443,56 +4443,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId35">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image19.png"/>
+                    <wp:docPr id="10" name="image18.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image19.png"/>
+                            <pic:cNvPr id="0" name="image18.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId36"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4513,56 +4513,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId37">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="19" name="image20.png"/>
+                    <wp:docPr id="19" name="image12.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image20.png"/>
+                            <pic:cNvPr id="0" name="image12.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId38"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4583,56 +4583,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId39">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="939800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image16.png"/>
+                    <wp:docPr id="15" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId40"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="939800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6034,91 +6034,91 @@
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial Unicode MS"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="13" name="image3.png"/>
+          <wp:docPr id="13" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image3.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="9" name="image17.png"/>
+          <wp:docPr id="9" name="image20.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image17.png"/>
+                  <pic:cNvPr id="0" name="image20.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -6662,55 +6662,55 @@
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table9">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table10">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/List_of_universities_in_Europe_founded_after_1945#/media/File:Split_University_Library-wide.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1HOPh_thVHZjL9TB4DGUADDE-CRANSckdPRu5VjsLgbM/edit#heading=h.ktkus0ccq3de" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.78u5w1l31upp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.tdsimnjdzaie" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbfdg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkulv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxi" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkbfu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zmnya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbjey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szkhi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkehw" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zknby" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-frtif" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fvkmj" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fzfkq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkacb" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/92700776@N07/8774821259" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/List_of_universities_in_Europe_founded_after_1945#/media/File:Split_University_Library-wide.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1HOPh_thVHZjL9TB4DGUADDE-CRANSckdPRu5VjsLgbM/edit#heading=h.ktkus0ccq3de" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.78u5w1l31upp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.tdsimnjdzaie" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbfdg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkulv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxi" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkbfu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zmnya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbjey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szkhi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkehw" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zknby" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-frtif" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fvkmj" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fzfkq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkacb" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/92700776@N07/8774821259" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>