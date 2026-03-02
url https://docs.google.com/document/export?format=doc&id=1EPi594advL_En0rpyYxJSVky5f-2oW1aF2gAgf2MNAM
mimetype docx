--- v2 (2026-02-21)
+++ v3 (2026-03-02)
@@ -125,56 +125,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image7.png"/>
+                    <wp:docPr id="11" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -194,56 +194,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image5.png"/>
+                    <wp:docPr id="14" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -263,56 +263,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image11.png"/>
+                    <wp:docPr id="17" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -338,56 +338,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image6.png"/>
+                    <wp:docPr id="8" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -407,56 +407,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="20" name="image17.png"/>
+                    <wp:docPr id="20" name="image20.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image17.png"/>
+                            <pic:cNvPr id="0" name="image20.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -476,56 +476,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image13.png"/>
+                    <wp:docPr id="4" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1743,56 +1743,56 @@
         </w:rPr>
         <w:t xml:space="preserve">6.1 Zadatak 4. Razumijevanje</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">👥 Based on the information that you collected while listening to the dialogue, talk with your classmate and answer the following set of questions.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="5943600" cy="3086100"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="1" name="image9.png"/>
+            <wp:docPr id="1" name="image5.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image9.png"/>
+                    <pic:cNvPr id="0" name="image5.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId22"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5943600" cy="3086100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -3957,56 +3957,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId25">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image14.png"/>
+                    <wp:docPr id="3" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId26"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4027,56 +4027,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId27">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image10.png"/>
+                    <wp:docPr id="6" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId28"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4097,56 +4097,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId29">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image8.png"/>
+                    <wp:docPr id="18" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId30"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4167,56 +4167,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId31">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image16.png"/>
+                    <wp:docPr id="16" name="image17.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image17.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId32"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4443,56 +4443,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId35">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image18.png"/>
+                    <wp:docPr id="10" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image18.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId36"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4583,56 +4583,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId39">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="939800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image15.png"/>
+                    <wp:docPr id="15" name="image18.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image18.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId40"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="939800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6069,56 +6069,56 @@
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="9" name="image20.png"/>
+          <wp:docPr id="9" name="image16.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image20.png"/>
+                  <pic:cNvPr id="0" name="image16.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -6662,55 +6662,55 @@
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table9">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table10">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/List_of_universities_in_Europe_founded_after_1945#/media/File:Split_University_Library-wide.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1HOPh_thVHZjL9TB4DGUADDE-CRANSckdPRu5VjsLgbM/edit#heading=h.ktkus0ccq3de" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.78u5w1l31upp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.tdsimnjdzaie" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbfdg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkulv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxi" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkbfu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zmnya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbjey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szkhi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkehw" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zknby" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-frtif" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fvkmj" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fzfkq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkacb" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/92700776@N07/8774821259" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/List_of_universities_in_Europe_founded_after_1945#/media/File:Split_University_Library-wide.jpg" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1HOPh_thVHZjL9TB4DGUADDE-CRANSckdPRu5VjsLgbM/edit#heading=h.ktkus0ccq3de" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.78u5w1l31upp" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1CHry7lZEUq7ut2a5wMZ4rtefeopbil_VYss2Q2nIDOc/edit#heading=h.tdsimnjdzaie" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbfdg" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkulv" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szbxi" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkbfu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zmnya" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbjey" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-szkhi" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkehw" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zknby" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-frtif" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fvkmj" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fzfkq" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkacb" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.flickr.com/photos/92700776@N07/8774821259" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>