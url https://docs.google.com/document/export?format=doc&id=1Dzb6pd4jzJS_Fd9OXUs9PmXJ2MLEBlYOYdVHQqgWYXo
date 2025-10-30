--- v0 (2025-10-29)
+++ v1 (2025-10-30)
@@ -139,56 +139,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image3.png"/>
+                    <wp:docPr id="7" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -208,56 +208,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image4.png"/>
+                    <wp:docPr id="17" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -277,56 +277,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="943803"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image14.png"/>
+                    <wp:docPr id="14" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="25522" l="0" r="0" t="26795"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="943803"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -346,56 +346,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1323975" cy="942975"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image6.png"/>
+                    <wp:docPr id="13" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="0" l="12780" r="8450" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1323975" cy="942975"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1584,56 +1584,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image15.png"/>
+                    <wp:docPr id="2" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4866,56 +4866,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1906516"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image13.png"/>
+                    <wp:docPr id="10" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="10434"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1906516"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5929,56 +5929,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A8">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId22">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1218893"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image16.png"/>
+                    <wp:docPr id="1" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId23"/>
                             <a:srcRect b="11746" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1218893"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6067,56 +6067,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image8.png"/>
+                    <wp:docPr id="5" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId27"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10060,56 +10060,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image11.png"/>
+                    <wp:docPr id="12" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId29"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10130,56 +10130,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId30">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image9.png"/>
+                    <wp:docPr id="16" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId31"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10200,56 +10200,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId32">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image7.png"/>
+                    <wp:docPr id="8" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId33"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10270,56 +10270,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId34">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image10.png"/>
+                    <wp:docPr id="6" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId35"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11790,51 +11790,51 @@
   <w:style w:type="table" w:styleId="Table18">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table19">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table20">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkgrx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-ztlry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbcxc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fvkpu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fvkhr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkufd" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sgmvv" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jquca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-suvvj" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sidiv" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sktlq" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jrhva" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-iswpf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1oZnWq857-i8U5RAKRqeR8z_uWOrRvmBVJrkl0YEkVpk/edit#heading=h.ktkus0ccq3de" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-oxuql" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zqqjk" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkgrx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-ztlry" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zbcxc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fvkpu" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-fvkhr" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zkufd" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sgmvv" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jquca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-suvvj" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sidiv" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-sktlq" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-jrhva" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-iswpf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1oZnWq857-i8U5RAKRqeR8z_uWOrRvmBVJrkl0YEkVpk/edit#heading=h.ktkus0ccq3de" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-oxuql" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.piqsels.com/en/public-domain-photo-zqqjk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>