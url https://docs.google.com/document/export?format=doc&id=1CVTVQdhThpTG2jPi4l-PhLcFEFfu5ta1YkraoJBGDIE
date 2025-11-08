--- v0 (2025-11-08)
+++ v1 (2025-11-08)
@@ -3165,56 +3165,56 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1266825" cy="1270000"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image4.jpg"/>
+                  <wp:docPr id="3" name="image3.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.jpg"/>
+                          <pic:cNvPr id="0" name="image3.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1266825" cy="1270000"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3230,56 +3230,56 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1333500" cy="1333500"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="13" name="image3.jpg"/>
+                  <wp:docPr id="13" name="image8.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.jpg"/>
+                          <pic:cNvPr id="0" name="image8.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId7"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1333500" cy="1333500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3358,56 +3358,56 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1314450" cy="1320800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image2.jpg"/>
+                  <wp:docPr id="5" name="image6.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image2.jpg"/>
+                          <pic:cNvPr id="0" name="image6.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1314450" cy="1320800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3606,56 +3606,56 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1304925" cy="1308100"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image11.jpg"/>
+                  <wp:docPr id="2" name="image1.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image11.jpg"/>
+                          <pic:cNvPr id="0" name="image1.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId10"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1304925" cy="1308100"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3670,56 +3670,56 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1343025" cy="1346200"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="10" name="image5.jpg"/>
+                  <wp:docPr id="10" name="image9.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image5.jpg"/>
+                          <pic:cNvPr id="0" name="image9.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1343025" cy="1346200"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3734,56 +3734,56 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1285875" cy="1282700"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image6.jpg"/>
+                  <wp:docPr id="8" name="image4.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.jpg"/>
+                          <pic:cNvPr id="0" name="image4.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1285875" cy="1282700"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3798,56 +3798,56 @@
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="24" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1333500" cy="1333500"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1" name="image8.jpg"/>
+                  <wp:docPr id="1" name="image11.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.jpg"/>
+                          <pic:cNvPr id="0" name="image11.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId13"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1333500" cy="1333500"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -4060,56 +4060,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image9.png"/>
+                    <wp:docPr id="9" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4130,56 +4130,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1866900" cy="1219200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image10.png"/>
+                    <wp:docPr id="6" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="6756" r="4954" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1866900" cy="1219200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4200,56 +4200,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image7.png"/>
+                    <wp:docPr id="11" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4771,56 +4771,56 @@
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Arial Unicode MS"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="4" name="image1.png"/>
+          <wp:docPr id="4" name="image7.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image1.png"/>
+                  <pic:cNvPr id="0" name="image7.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
@@ -5157,55 +5157,55 @@
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table8">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table9">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gena-trogir.com/kolekcija.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lado.hr/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fdk.hr/klapa/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1mBc6slvLlpcIXY4YQRgB5OCuTKS9BEjH79VcsC9M230/edit#heading=h.shfvwvk0v5f7" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://etnobutik-mara.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/vjencanica-svadbeni-buket-vjencanje-svecanost-crno-i-bijelo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Klapa_Sagena_koncert_Kri%C5%BE_nek_ti_sa%C4%8Duva_ime_Vatroslav_Lisinski_7_rujna_2008.jpg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/object-decorative-theatre-dancing-dancer" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.gena-trogir.com/kolekcija.html" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lado.hr/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://fdk.hr/klapa/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1mBc6slvLlpcIXY4YQRgB5OCuTKS9BEjH79VcsC9M230/edit#heading=h.shfvwvk0v5f7" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://etnobutik-mara.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.jpg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/vjencanica-svadbeni-buket-vjencanje-svecanost-crno-i-bijelo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Klapa_Sagena_koncert_Kri%C5%BE_nek_ti_sa%C4%8Duva_ime_Vatroslav_Lisinski_7_rujna_2008.jpg" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/media/object-decorative-theatre-dancing-dancer" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>