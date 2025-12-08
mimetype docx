--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xea0bk8q9zzq" w:id="0"/>
@@ -160,56 +161,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="936354"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image8.png"/>
+                    <wp:docPr id="1" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="8126" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="936354"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -230,56 +231,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="927100"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image5.png"/>
+                    <wp:docPr id="2" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="32881" l="0" r="0" t="21710"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="927100"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -300,56 +301,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1343025" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image10.png"/>
+                    <wp:docPr id="5" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1343025" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -370,56 +371,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="888729"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image6.png"/>
+                    <wp:docPr id="7" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId13"/>
                             <a:srcRect b="36186" l="0" r="0" t="20047"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="888729"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -618,76 +619,78 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kava </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">s/sa</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">…</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kolač </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">s/sa</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="5d8eaf" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="5d8eaf" w:space="0" w:sz="18" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -990,56 +993,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId14">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="736600"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image9.png"/>
+                    <wp:docPr id="9" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId15"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="736600"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1130,56 +1133,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="828926"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image1.png"/>
+                    <wp:docPr id="4" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="14901" l="0" r="0" t="26294"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="828926"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1200,56 +1203,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="837949"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image4.png"/>
+                    <wp:docPr id="3" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId21"/>
                             <a:srcRect b="7396" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="837949"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1448,76 +1451,78 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Kolač </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">od</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">…</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Torta </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">od</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">…</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="5d8eaf" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="5d8eaf" w:space="0" w:sz="18" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -1855,135 +1860,141 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PITI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">SINGULAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PLURAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -2588,87 +2599,89 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ISPIJATI</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Another verb that you have encountered in today’s lesson is the verb </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ispijati</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> which can be translated as sip / </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">sipping</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">on</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. This verb is useful to know as the coffee culture shows that a lot of people like to </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ispijati</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> their coffee for hours (no matter how small the coffee is). The verb is a regular -ati verb.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table6"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -2699,135 +2712,141 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ISPIJATI</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="440" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">SINGULAR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="5d8eaf" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PLURAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -3414,63 +3433,65 @@
         <w:pStyle w:val="Heading2"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_hmoprxwjc4m4" w:id="7"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">The verbal noun is ispijanje.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Look at the following two sentences that both mean the same thing. The first one uses the verb </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ispijati</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, and the second one uses the verbal noun </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ispijanje</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table7"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -3491,177 +3512,185 @@
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="5d8eaf" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ispijati</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="5d8eaf" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="5d8eaf" w:space="0" w:sz="18" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ja uvijek ispijam kavu barem dva sata.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">I usually sip on my coffee for two hours. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="5d8eaf" w:space="0" w:sz="18" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">ispijanje</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="5d8eaf" w:space="0" w:sz="18" w:val="single"/>
               <w:left w:color="5d8eaf" w:space="0" w:sz="18" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Moje ispijanje kave obično traje dva sata.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">My coffee drinking ritual takes/lasts two </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">hours</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
@@ -3745,201 +3774,208 @@
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="720" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
     <w:pPr>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="8" name="image2.png"/>
+          <wp:docPr id="8" name="image1.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image2.png"/>
+                  <pic:cNvPr id="0" name="image1.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="6" name="image7.png"/>
+          <wp:docPr id="6" name="image4.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image7.png"/>
+                  <pic:cNvPr id="0" name="image4.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">8 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 1: Gramatika</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Kvaliteta života</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
     <w:pPr>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -3962,148 +3998,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
@@ -4118,55 +4158,55 @@
   <w:style w:type="table" w:styleId="Table5">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table6">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table7">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/cranberry-tea-berry-dessert-red-5083904/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJEM.mp3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJES.mp3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJEMO.mp3" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJE.mp3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJETE.mp3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJAM.mp3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJU.mp3" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/kofein-kapucino-kava-salica-za-kavu-porculan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJAMO.mp3" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pexels.com/photo/a-person-pouring-milk-on-a-glass-of-iced-coffee-9281134/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJATE.mp3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJAS.mp3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJAJU.mp3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/coffee-latte-whipped-cream-cream-211683/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJA.mp3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/coffee-milk-coffee-beans-563800/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1P80JLZEce3FcAraNZgjm604fySoIEmF3w7GuTPsAAqs/edit#heading=h.ou6sok6ab3dc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/peppermint-peppermint-tea-mint-tea-2816012/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maxpixel.net/Juice-Tea-Drink-Fruit-Fresh-Food-Ice-Peach-5072245" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/1434979" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/cranberry-tea-berry-dessert-red-5083904/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJEM.mp3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJES.mp3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJEMO.mp3" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJE.mp3" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJETE.mp3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJAM.mp3" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PIJU.mp3" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixnio.com/hr/media/kofein-kapucino-kava-salica-za-kavu-porculan" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJAMO.mp3" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.pexels.com/photo/a-person-pouring-milk-on-a-glass-of-iced-coffee-9281134/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJATE.mp3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJAS.mp3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJAJU.mp3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/coffee-latte-whipped-cream-cream-211683/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ISPIJA.mp3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/coffee-milk-coffee-beans-563800/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1P80JLZEce3FcAraNZgjm604fySoIEmF3w7GuTPsAAqs/edit#heading=h.ou6sok6ab3dc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/peppermint-peppermint-tea-mint-tea-2816012/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.maxpixel.net/Juice-Tea-Drink-Fruit-Fresh-Food-Ice-Peach-5072245" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pxhere.com/en/photo/1434979" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>