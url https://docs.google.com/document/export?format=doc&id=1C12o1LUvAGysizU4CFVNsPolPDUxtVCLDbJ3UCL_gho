--- v0 (2025-11-05)
+++ v1 (2025-11-07)
@@ -2598,56 +2598,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="46" name="image88.png"/>
+                    <wp:docPr id="46" name="image99.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image88.png"/>
+                            <pic:cNvPr id="0" name="image99.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId27"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2667,56 +2667,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="77" name="image100.png"/>
+                    <wp:docPr id="77" name="image102.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image100.png"/>
+                            <pic:cNvPr id="0" name="image102.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId29"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2780,56 +2780,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId30">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1909832"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="36" name="image67.png"/>
+                    <wp:docPr id="36" name="image90.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image67.png"/>
+                            <pic:cNvPr id="0" name="image90.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId31"/>
                             <a:srcRect b="7403" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1909832"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2849,56 +2849,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId32">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="27" name="image63.png"/>
+                    <wp:docPr id="27" name="image77.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image63.png"/>
+                            <pic:cNvPr id="0" name="image77.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId33"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2976,56 +2976,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId34">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="31" name="image46.png"/>
+                    <wp:docPr id="31" name="image64.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image46.png"/>
+                            <pic:cNvPr id="0" name="image64.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId35"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3059,56 +3059,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId36">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image30.png"/>
+                    <wp:docPr id="9" name="image42.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image30.png"/>
+                            <pic:cNvPr id="0" name="image42.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId37"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3186,56 +3186,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId38">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="65" name="image81.png"/>
+                    <wp:docPr id="65" name="image97.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image81.png"/>
+                            <pic:cNvPr id="0" name="image97.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId39"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3256,56 +3256,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId40">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="1892300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="87" name="image102.png"/>
+                    <wp:docPr id="87" name="image101.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image102.png"/>
+                            <pic:cNvPr id="0" name="image101.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId41"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="1892300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3383,56 +3383,56 @@
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId42">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2162166"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="70" name="image91.png"/>
+                    <wp:docPr id="70" name="image94.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image91.png"/>
+                            <pic:cNvPr id="0" name="image94.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId43"/>
                             <a:srcRect b="38791" l="0" r="0" t="4029"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2162166"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3453,56 +3453,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId44">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="2838450" cy="2162166"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="72" name="image99.png"/>
+                    <wp:docPr id="72" name="image91.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image99.png"/>
+                            <pic:cNvPr id="0" name="image91.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId45"/>
                             <a:srcRect b="46309" l="0" r="0" t="2908"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="2838450" cy="2162166"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3731,56 +3731,56 @@
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId46">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="985412" cy="395278"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="38" name="image61.png"/>
+                    <wp:docPr id="38" name="image38.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image61.png"/>
+                            <pic:cNvPr id="0" name="image38.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId47"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="985412" cy="395278"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3821,56 +3821,56 @@
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId48">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="634819" cy="652453"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="30" name="image20.png"/>
+                    <wp:docPr id="30" name="image31.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image20.png"/>
+                            <pic:cNvPr id="0" name="image31.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId49"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="634819" cy="652453"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3911,56 +3911,56 @@
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId50">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="803742" cy="585778"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="60" name="image62.png"/>
+                    <wp:docPr id="60" name="image61.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image62.png"/>
+                            <pic:cNvPr id="0" name="image61.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId51"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="803742" cy="585778"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4298,56 +4298,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId55">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="458837" cy="645771"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="64" name="image56.png"/>
+                    <wp:docPr id="64" name="image58.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image56.png"/>
+                            <pic:cNvPr id="0" name="image58.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId56"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="458837" cy="645771"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4377,56 +4377,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId57">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="579096" cy="579096"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="57" name="image52.png"/>
+                    <wp:docPr id="57" name="image49.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image52.png"/>
+                            <pic:cNvPr id="0" name="image49.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId58"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="579096" cy="579096"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4456,56 +4456,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId59">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="598146" cy="598146"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image11.png"/>
+                    <wp:docPr id="17" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId60"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="598146" cy="598146"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4832,56 +4832,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId64">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="671689" cy="720051"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="73" name="image74.png"/>
+                    <wp:docPr id="73" name="image68.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image74.png"/>
+                            <pic:cNvPr id="0" name="image68.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId65"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="671689" cy="720051"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4911,56 +4911,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId66">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="776288" cy="776288"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="92" name="image85.png"/>
+                    <wp:docPr id="92" name="image83.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image85.png"/>
+                            <pic:cNvPr id="0" name="image83.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId67"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="776288" cy="776288"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4990,56 +4990,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId68">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="684141" cy="829588"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="59" name="image55.png"/>
+                    <wp:docPr id="59" name="image51.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image55.png"/>
+                            <pic:cNvPr id="0" name="image51.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId69"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="684141" cy="829588"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5441,56 +5441,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId75">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="304851" cy="794331"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image12.png"/>
+                    <wp:docPr id="10" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId76"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="304851" cy="794331"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5520,56 +5520,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId77">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="506664" cy="727656"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="37" name="image34.png"/>
+                    <wp:docPr id="37" name="image28.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image34.png"/>
+                            <pic:cNvPr id="0" name="image28.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId78"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="506664" cy="727656"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5975,56 +5975,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId84">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="858415" cy="528628"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="44" name="image36.png"/>
+                    <wp:docPr id="44" name="image33.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image36.png"/>
+                            <pic:cNvPr id="0" name="image33.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId85"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="858415" cy="528628"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6054,56 +6054,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId86">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="672742" cy="661978"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="52" name="image49.png"/>
+                    <wp:docPr id="52" name="image53.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image49.png"/>
+                            <pic:cNvPr id="0" name="image53.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId87"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="672742" cy="661978"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6531,56 +6531,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId91">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="919163" cy="784144"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="61" name="image57.png"/>
+                    <wp:docPr id="61" name="image66.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image57.png"/>
+                            <pic:cNvPr id="0" name="image66.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId92"/>
                             <a:srcRect b="4774" l="11864" r="14689" t="7819"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="919163" cy="784144"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6610,56 +6610,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId93">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="865942" cy="924650"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="28" name="image53.png"/>
+                    <wp:docPr id="28" name="image24.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image53.png"/>
+                            <pic:cNvPr id="0" name="image24.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId94"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="865942" cy="924650"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6689,56 +6689,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId95">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="571801" cy="753200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="24" name="image17.png"/>
+                    <wp:docPr id="24" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image17.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId96"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="571801" cy="753200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7065,56 +7065,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId100">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="595313" cy="568406"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="19" name="image1.png"/>
+                    <wp:docPr id="19" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId101"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="595313" cy="568406"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7144,56 +7144,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId102">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="719740" cy="719740"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="45" name="image43.png"/>
+                    <wp:docPr id="45" name="image46.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image43.png"/>
+                            <pic:cNvPr id="0" name="image46.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId103"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="719740" cy="719740"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7599,56 +7599,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId109">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="700088" cy="708134"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="67" name="image60.png"/>
+                    <wp:docPr id="67" name="image59.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image60.png"/>
+                            <pic:cNvPr id="0" name="image59.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId110"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="700088" cy="708134"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7678,56 +7678,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId111">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="633413" cy="633413"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image5.png"/>
+                    <wp:docPr id="2" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId112"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="633413" cy="633413"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7757,56 +7757,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId113">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="614243" cy="671503"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="51" name="image54.png"/>
+                    <wp:docPr id="51" name="image48.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image54.png"/>
+                            <pic:cNvPr id="0" name="image48.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId114"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="614243" cy="671503"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8145,56 +8145,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId118">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="389747" cy="633339"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="23" name="image19.png"/>
+                    <wp:docPr id="23" name="image21.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image19.png"/>
+                            <pic:cNvPr id="0" name="image21.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId119"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="389747" cy="633339"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8303,56 +8303,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId122">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="469975" cy="617196"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="48" name="image42.png"/>
+                    <wp:docPr id="48" name="image40.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image42.png"/>
+                            <pic:cNvPr id="0" name="image40.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId123"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="469975" cy="617196"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8679,56 +8679,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId127">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="430161" cy="744914"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="83" name="image87.png"/>
+                    <wp:docPr id="83" name="image81.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image87.png"/>
+                            <pic:cNvPr id="0" name="image81.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId128"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="430161" cy="744914"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8758,56 +8758,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E5">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId129">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="518653" cy="678239"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image8.png"/>
+                    <wp:docPr id="14" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId130"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="518653" cy="678239"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8837,56 +8837,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId131">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="785813" cy="635109"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="95" name="image101.png"/>
+                    <wp:docPr id="95" name="image86.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image101.png"/>
+                            <pic:cNvPr id="0" name="image86.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId132"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="785813" cy="635109"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9213,56 +9213,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId136">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="681038" cy="588693"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image10.png"/>
+                    <wp:docPr id="6" name="image25.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image25.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId137"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="681038" cy="588693"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9292,56 +9292,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId138">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="709613" cy="677540"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="68" name="image69.png"/>
+                    <wp:docPr id="68" name="image65.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image69.png"/>
+                            <pic:cNvPr id="0" name="image65.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId139"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="709613" cy="677540"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9371,56 +9371,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId140">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="637959" cy="666794"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="42" name="image32.png"/>
+                    <wp:docPr id="42" name="image30.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image32.png"/>
+                            <pic:cNvPr id="0" name="image30.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId141"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="637959" cy="666794"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9743,56 +9743,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId145">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="333545" cy="616209"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image4.png"/>
+                    <wp:docPr id="3" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId146"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="333545" cy="616209"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9822,56 +9822,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId147">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="697144" cy="728653"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="101" name="image90.png"/>
+                    <wp:docPr id="101" name="image92.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image90.png"/>
+                            <pic:cNvPr id="0" name="image92.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId148"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="697144" cy="728653"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9901,56 +9901,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId149">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="681028" cy="681028"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="86" name="image92.png"/>
+                    <wp:docPr id="86" name="image87.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image92.png"/>
+                            <pic:cNvPr id="0" name="image87.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId150"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="681028" cy="681028"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10277,56 +10277,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000108">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId154">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="385763" cy="771525"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="98" name="image98.png"/>
+                    <wp:docPr id="98" name="image95.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image98.png"/>
+                            <pic:cNvPr id="0" name="image95.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId155"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="385763" cy="771525"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10356,56 +10356,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000109">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId156">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="633413" cy="558262"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="69" name="image65.png"/>
+                    <wp:docPr id="69" name="image62.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image65.png"/>
+                            <pic:cNvPr id="0" name="image62.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId157"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="633413" cy="558262"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10435,56 +10435,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId158">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="432878" cy="712446"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="81" name="image80.png"/>
+                    <wp:docPr id="81" name="image75.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image80.png"/>
+                            <pic:cNvPr id="0" name="image75.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId159"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="432878" cy="712446"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10827,56 +10827,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000115">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId163">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="824826" cy="824826"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="75" name="image73.png"/>
+                    <wp:docPr id="75" name="image70.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image73.png"/>
+                            <pic:cNvPr id="0" name="image70.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId164"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="824826" cy="824826"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10906,56 +10906,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId165">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="856066" cy="681951"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image22.png"/>
+                    <wp:docPr id="13" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image22.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId166"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="856066" cy="681951"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10985,56 +10985,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000117">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId167">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="339704" cy="686713"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="53" name="image44.png"/>
+                    <wp:docPr id="53" name="image50.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image44.png"/>
+                            <pic:cNvPr id="0" name="image50.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId168"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="339704" cy="686713"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11361,56 +11361,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId172">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="480832" cy="784806"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="49" name="image47.png"/>
+                    <wp:docPr id="49" name="image45.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image47.png"/>
+                            <pic:cNvPr id="0" name="image45.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId173"/>
                             <a:srcRect b="0" l="34469" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="480832" cy="784806"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11440,56 +11440,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId174">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="781935" cy="699081"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="94" name="image94.png"/>
+                    <wp:docPr id="94" name="image93.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image94.png"/>
+                            <pic:cNvPr id="0" name="image93.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId175"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="781935" cy="699081"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11519,56 +11519,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId176">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="951592" cy="575256"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="102" name="image89.png"/>
+                    <wp:docPr id="102" name="image98.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image89.png"/>
+                            <pic:cNvPr id="0" name="image98.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId177"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="951592" cy="575256"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11895,56 +11895,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId181">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="947738" cy="947738"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="82" name="image75.png"/>
+                    <wp:docPr id="82" name="image72.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image75.png"/>
+                            <pic:cNvPr id="0" name="image72.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId182"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="947738" cy="947738"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11970,56 +11970,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId183">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="664632" cy="753645"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="62" name="image59.png"/>
+                    <wp:docPr id="62" name="image52.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image59.png"/>
+                            <pic:cNvPr id="0" name="image52.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId184"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="664632" cy="753645"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12049,56 +12049,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId185">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="714496" cy="871528"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image24.png"/>
+                    <wp:docPr id="18" name="image12.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image24.png"/>
+                            <pic:cNvPr id="0" name="image12.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId186"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="714496" cy="871528"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12425,56 +12425,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000139">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId190">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="970793" cy="817221"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="89" name="image84.png"/>
+                    <wp:docPr id="89" name="image79.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image84.png"/>
+                            <pic:cNvPr id="0" name="image79.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId191"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="970793" cy="817221"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12504,56 +12504,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId192">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="873461" cy="626721"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="33" name="image33.png"/>
+                    <wp:docPr id="33" name="image26.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image33.png"/>
+                            <pic:cNvPr id="0" name="image26.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId193"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="873461" cy="626721"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12579,56 +12579,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId194">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="637243" cy="683871"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="84" name="image76.png"/>
+                    <wp:docPr id="84" name="image74.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image76.png"/>
+                            <pic:cNvPr id="0" name="image74.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId195"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="637243" cy="683871"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12955,56 +12955,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000145">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId199">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="703645" cy="679793"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="55" name="image50.png"/>
+                    <wp:docPr id="55" name="image56.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image50.png"/>
+                            <pic:cNvPr id="0" name="image56.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId200"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="703645" cy="679793"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13034,56 +13034,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000146">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId201">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="719977" cy="732180"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="80" name="image79.png"/>
+                    <wp:docPr id="80" name="image76.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image79.png"/>
+                            <pic:cNvPr id="0" name="image76.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId202"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="719977" cy="732180"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13113,56 +13113,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000147">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId203">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="613510" cy="703605"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image7.png"/>
+                    <wp:docPr id="7" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId204"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="613510" cy="703605"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13489,56 +13489,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000151">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId208">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="566738" cy="707288"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="58" name="image48.png"/>
+                    <wp:docPr id="58" name="image54.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image48.png"/>
+                            <pic:cNvPr id="0" name="image54.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId209"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="566738" cy="707288"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13568,56 +13568,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000152">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId210">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="928688" cy="545669"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="79" name="image70.png"/>
+                    <wp:docPr id="79" name="image71.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image70.png"/>
+                            <pic:cNvPr id="0" name="image71.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId211"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="928688" cy="545669"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13647,56 +13647,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000153">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId212">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="719455" cy="487373"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="74" name="image72.png"/>
+                    <wp:docPr id="74" name="image67.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image72.png"/>
+                            <pic:cNvPr id="0" name="image67.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId213"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="719455" cy="487373"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14114,56 +14114,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000163">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId217">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="607449" cy="715223"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="63" name="image58.png"/>
+                    <wp:docPr id="63" name="image55.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image58.png"/>
+                            <pic:cNvPr id="0" name="image55.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId218"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="607449" cy="715223"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14193,56 +14193,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000164">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId219">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="217274" cy="719985"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="35" name="image39.png"/>
+                    <wp:docPr id="35" name="image34.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image39.png"/>
+                            <pic:cNvPr id="0" name="image34.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId220"/>
                             <a:srcRect b="0" l="0" r="57786" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="217274" cy="719985"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14272,56 +14272,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000165">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId221">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="641954" cy="605685"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="91" name="image77.png"/>
+                    <wp:docPr id="91" name="image82.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image77.png"/>
+                            <pic:cNvPr id="0" name="image82.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId222"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="641954" cy="605685"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14649,56 +14649,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId226">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="823951" cy="665678"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image9.png"/>
+                    <wp:docPr id="16" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId227"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="823951" cy="665678"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14728,56 +14728,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000170">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId228">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="881063" cy="542575"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="22" name="image26.png"/>
+                    <wp:docPr id="22" name="image23.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image26.png"/>
+                            <pic:cNvPr id="0" name="image23.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId229"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="881063" cy="542575"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14807,56 +14807,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000171">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId230">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="714091" cy="665678"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="8" name="image3.png"/>
+                    <wp:docPr id="8" name="image17.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image17.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId231"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="714091" cy="665678"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15180,56 +15180,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId235">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="638175" cy="638175"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="97" name="image97.png"/>
+                    <wp:docPr id="97" name="image88.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image97.png"/>
+                            <pic:cNvPr id="0" name="image88.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId236"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="638175" cy="638175"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15259,56 +15259,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId237">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="862013" cy="462662"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="71" name="image64.png"/>
+                    <wp:docPr id="71" name="image60.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image64.png"/>
+                            <pic:cNvPr id="0" name="image60.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId238"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="862013" cy="462662"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15338,56 +15338,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId239">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="795681" cy="611370"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="66" name="image66.png"/>
+                    <wp:docPr id="66" name="image63.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image66.png"/>
+                            <pic:cNvPr id="0" name="image63.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId240"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="795681" cy="611370"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15715,56 +15715,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000187">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId244">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="510095" cy="842953"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image16.png"/>
+                    <wp:docPr id="11" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId245"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="510095" cy="842953"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15794,56 +15794,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000188">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId246">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="522430" cy="785803"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="96" name="image93.png"/>
+                    <wp:docPr id="96" name="image89.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image93.png"/>
+                            <pic:cNvPr id="0" name="image89.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId247"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="522430" cy="785803"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15873,56 +15873,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000189">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId248">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="785803" cy="785803"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="21" name="image13.png"/>
+                    <wp:docPr id="21" name="image22.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image22.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId249"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="785803" cy="785803"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16250,56 +16250,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000193">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId253">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="845796" cy="845796"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="34" name="image29.png"/>
+                    <wp:docPr id="34" name="image27.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image29.png"/>
+                            <pic:cNvPr id="0" name="image27.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId254"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="845796" cy="845796"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16330,56 +16330,56 @@
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:color w:val="ff0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId255">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="966788" cy="682760"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="20" name="image6.png"/>
+                    <wp:docPr id="20" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId256"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="966788" cy="682760"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16409,56 +16409,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000195">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId257">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="669773" cy="836271"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="99" name="image95.png"/>
+                    <wp:docPr id="99" name="image100.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image95.png"/>
+                            <pic:cNvPr id="0" name="image100.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId258"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="669773" cy="836271"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16786,56 +16786,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId262">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="483189" cy="734338"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="40" name="image40.png"/>
+                    <wp:docPr id="40" name="image43.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image40.png"/>
+                            <pic:cNvPr id="0" name="image43.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId263"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="483189" cy="734338"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16865,56 +16865,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId264">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="667663" cy="667663"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="25" name="image21.png"/>
+                    <wp:docPr id="25" name="image20.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image21.png"/>
+                            <pic:cNvPr id="0" name="image20.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId265"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="667663" cy="667663"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16944,56 +16944,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId266">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="819534" cy="801013"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="32" name="image28.png"/>
+                    <wp:docPr id="32" name="image36.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image28.png"/>
+                            <pic:cNvPr id="0" name="image36.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId267"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="819534" cy="801013"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17317,56 +17317,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId271">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="691412" cy="691412"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="47" name="image38.png"/>
+                    <wp:docPr id="47" name="image37.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image38.png"/>
+                            <pic:cNvPr id="0" name="image37.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId272"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="691412" cy="691412"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17396,56 +17396,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId273">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="648079" cy="689556"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="43" name="image41.png"/>
+                    <wp:docPr id="43" name="image39.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image41.png"/>
+                            <pic:cNvPr id="0" name="image39.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId274"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="648079" cy="689556"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17475,56 +17475,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId275">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="686612" cy="632406"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image14.png"/>
+                    <wp:docPr id="1" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId276"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="686612" cy="632406"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17848,56 +17848,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B7">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId280">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="871538" cy="440778"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="93" name="image86.png"/>
+                    <wp:docPr id="93" name="image85.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image86.png"/>
+                            <pic:cNvPr id="0" name="image85.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId281"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="871538" cy="440778"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17927,56 +17927,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B8">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId282">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="857116" cy="576253"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="85" name="image82.png"/>
+                    <wp:docPr id="85" name="image80.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image82.png"/>
+                            <pic:cNvPr id="0" name="image80.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId283"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="857116" cy="576253"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18006,56 +18006,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B9">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId284">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="742709" cy="776278"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="76" name="image68.png"/>
+                    <wp:docPr id="76" name="image69.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image68.png"/>
+                            <pic:cNvPr id="0" name="image69.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId285"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="742709" cy="776278"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18383,56 +18383,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C3">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId289">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1062038" cy="528019"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="41" name="image31.png"/>
+                    <wp:docPr id="41" name="image29.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image31.png"/>
+                            <pic:cNvPr id="0" name="image29.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId290"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1062038" cy="528019"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18462,56 +18462,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C4">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId291">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1041638" cy="429602"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="78" name="image71.png"/>
+                    <wp:docPr id="78" name="image84.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image71.png"/>
+                            <pic:cNvPr id="0" name="image84.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId292"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1041638" cy="429602"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18910,56 +18910,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CF">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId298">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="242888" cy="766293"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="26" name="image23.png"/>
+                    <wp:docPr id="26" name="image19.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image23.png"/>
+                            <pic:cNvPr id="0" name="image19.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId299"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="242888" cy="766293"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18989,56 +18989,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D0">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId300">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="540126" cy="540126"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="39" name="image35.png"/>
+                    <wp:docPr id="39" name="image32.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image35.png"/>
+                            <pic:cNvPr id="0" name="image32.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId301"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="540126" cy="540126"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19068,56 +19068,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D1">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId302">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="567438" cy="625851"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="50" name="image45.png"/>
+                    <wp:docPr id="50" name="image41.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image45.png"/>
+                            <pic:cNvPr id="0" name="image41.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId303"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="567438" cy="625851"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19445,56 +19445,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DB">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId307">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="966094" cy="545816"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="90" name="image83.png"/>
+                    <wp:docPr id="90" name="image73.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image83.png"/>
+                            <pic:cNvPr id="0" name="image73.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId308"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="966094" cy="545816"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19524,56 +19524,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DC">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId309">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="582379" cy="636303"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="56" name="image51.png"/>
+                    <wp:docPr id="56" name="image57.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image51.png"/>
+                            <pic:cNvPr id="0" name="image57.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId310"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="582379" cy="636303"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19603,56 +19603,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DD">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId311">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:rFonts w:ascii="Helvetica Neue" w:cs="Helvetica Neue" w:eastAsia="Helvetica Neue" w:hAnsi="Helvetica Neue"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="985838" cy="562540"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="29" name="image25.png"/>
+                    <wp:docPr id="29" name="image35.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image25.png"/>
+                            <pic:cNvPr id="0" name="image35.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId312"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="985838" cy="562540"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -20070,91 +20070,91 @@
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Helvetica Neue">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
     <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
     <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001F1">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="54" name="image37.png"/>
+          <wp:docPr id="54" name="image47.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image37.png"/>
+                  <pic:cNvPr id="0" name="image47.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="5" name="image27.png"/>
+          <wp:docPr id="5" name="image44.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image27.png"/>
+                  <pic:cNvPr id="0" name="image44.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -20652,59 +20652,59 @@
   <w:style w:type="table" w:styleId="Table35">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table36">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table37">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/chalkboard-classroom-teacher-female-1280967/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/285205" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/doctor-gray-hair-experience-2337835/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image102.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/doctor-security-consulting-room-1228629/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/76501/arm-watch" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image91.png"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/27538/blue-eye" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/171346/cheese" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image99.png"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image84.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/65005/oval-island-scene" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/zebra.mp3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image61.png"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/177231/bell" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image59.png"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/zvono.mp3" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/zub.mp3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image67.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/charlize-theron-entertainer-actress-79562/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image63.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/tooth-bite-dentist-practitioner-146674/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Charlize_Theron_%2836042683632%29.jpg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image75.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/220641/zebra-coloured" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/performance-music-concert-musician-3327674/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/nebo.mp3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/59665/daysky" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/boca.mp3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/audio-concert-mic-microphone-music-2941753/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image94.png"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/camac.mp3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image81.png"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/152947/soccer" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/cesta.mp3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/smiling-teacher-female-college-1280975/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/nogomet.mp3" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/noga.mp3" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image89.png"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/23984/electric-guitar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/On_je.mp3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ona_je.mp3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Oni_su.mp3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ono_je.mp3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/One_su.mp3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/college-student-library-man-books-3500990/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ona_su.mp3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/library-books-shelves-student-922998/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image88.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image100.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Oni.mp3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/On.mp3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/One.mp3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ona.mp3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Onaa.mp3" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/sat.mp3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ono.mp3" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/sir.mp3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Mi_smo.mp3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/sestra.mp3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ja_sam.mp3" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image76.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Vi_ste.mp3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ti_si.mp3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/theater-play-drama-cinema-film-158168/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/13117/plane-taking-off" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/292892/astronaut" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/automobil.mp3" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image92.png"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/169980/farmacia-2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/rodjendan.mp3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/avion.mp3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/instrument.mp3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/4454/beetle-car" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/imela.mp3" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/301717/circle-wine" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image90.png"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/grozdze.mp3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Vi.mp3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/fotoaparat.mp3" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/314631/grapes-010220192" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/farma.mp3" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/232419/angel-gabriel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/8613/flute" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/smece.mp3" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/318113/standing-vet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/andjeo.mp3" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ja.mp3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Mi.mp3" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/vase-ceramics-blue-glass-148594/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/cake-chocolate-birthday-cake-party-25388/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ti.mp3" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/flauta.mp3" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/search/?query=name" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/europa.mp3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/9514/harp-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image78.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/mistletoe-christmas-decoration-1091986/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/mecava.mp3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ime.mp3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/euro.mp3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/eskim.mp3" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image69.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/1586/digital-camera" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/cirilica.mp3" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image95.png"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image101.png"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Serbian_Cyrillic_alphabet_(%D0%A1%D1%80%D0%BF%D1%81%D0%BA%D0%B0_%D1%9B%D0%B8%D1%80%D0%B8%D0%BB%D0%B8%D1%86%D0%B0).svg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/radio-playing-antenna-audio-sound-311676/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/plaza.mp3" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/zirafa.mp3" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ruza.mp3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/297858/farm" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/303814/rubbish-bin-with-rubbish" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/radio.mp3" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ruka.mp3" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/189473/let-it-snow" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/robot.mp3" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/upitnik.mp3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/uho.mp3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/262193/eskimo-man-fishing-line-art" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ured.mp3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/311325/worksheet-1-euro" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/5176/leg" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/alcohol-bar-beverage-blanc-blank-1031713/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image74.png"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/tulipan.mp3" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image71.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/6734/europe-outline" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/tim.mp3" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/264382/rowboat-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image85.png"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/316480/soccer-team" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/tanjur.mp3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image73.png"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image68.png"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/86413/phone-icon" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/dog-head-dog-terrier-2936441/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/desert.mp3" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image82.png"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/telefon.mp3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/street-highway-road-straight-159678/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/120721/tulip" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/njuska.mp3" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/kornjaca.mp3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image62.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/coast-drawing-sea-sand-summer-5058419/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/otok.mp3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/oko.mp3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/204863/ear-colored" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/dupin.mp3" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/animals-cartoon-green-happy-1298747/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/obala.mp3" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/doktor.mp3" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image86.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/question-mark-question-1750942/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/plate-dish-kitchen-white-porcelain-159469/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image80.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/background-calendar-business-5048215/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/boy-cartoon-chart-checkup-clinic-2027615/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/red-heart-health-love-shape-304570/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/vino.mp3" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/veterinar.mp3" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/floral-flower-leaf-leafy-leaves-2027188/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/vaza.mp3" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/326532/ice-cream-in-a-glass" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ljubav.mp3" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image65.png"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ljiljan.mp3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/25875/delphindelfindolphin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ljekarna.mp3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image98.png"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/papa.mp3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/326723/jungle-scene" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/pas.mp3" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image96.png"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/jeep-vehicle-4-x-4-offroad-auto-6250207/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/7660/paper-corner" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/cokolada.mp3" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/230166/folded-map" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/papir.mp3" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/mac.mp3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/313835/francis-pope19012019" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/macka.mp3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image77.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/294870/dalmation" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/chocolate-sweet-dessert-cocoa-2896696/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/214639/black-cat" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/muha.mp3" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/hrana.mp3" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/hotel.mp3" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/169233/classic-medieval-sword" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.png"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image72.png"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/291226/fly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image70.png"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/chicken-milk-eggs-fruits-fish-559892/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/hand-fingers-forearm-arm-thumb-41386/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image87.png"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/253585/answerphone-robot" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/221554/beach-ball-at-the-beach-daily-sketch-31" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/lav.mp3" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image93.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/sismis.mp3" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/5372/soccer-ball" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/sesir.mp3" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image66.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/lopta.mp3" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/104491/colored-giraffe" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/lampa.mp3" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/254960/SVG-format" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/25875/delphindelfindolphin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/suma.mp3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/238659/prismatic-low-poly-woman-and-man-ballet-silhouette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/blog.mp3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/balet.mp3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/bingo.mp3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/blog-blogging-blogger-computer-492184/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/astronaut.mp3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/171717/bingo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/28094/tablelamp" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/spruce-forest-conifer-sunrise-sky-311280/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/med.mp3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image64.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/metro.mp3" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/28485/bat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/mapa.mp3" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image97.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/213608/green-pullover" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/14850/peasant-hat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/292529/honey-jar" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/dzemper.mp3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/dzungla.mp3" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/260803/railmetro15" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/dzip.mp3" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/gljiva.mp3" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/gitara.mp3" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/cranium-head-human-male-man-1299985/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/jacket-winter-clothing-cold-wear-32714/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image83.png"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/landscape-nature-hill-forest-5434779/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/glava.mp3" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/209626/food-mushroom" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/krokodil.mp3" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/kino.mp3" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/21418/cup-of-coffee-with-sack-of-coffee-beans" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/327824/isometric-hotel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/kava.mp3" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image79.png"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/215745/crocodile-coloured" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1RhtjowizA-v9Nr-FhpuxDqzicXn49s24K8kSvLZC9gw/edit#heading=h.q8eyieir02c9" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/jelo.mp3" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/jakna.mp3" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/jezero.mp3" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/spaghetti-spaghetti-sauce-pasta-31784/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/chalkboard-classroom-teacher-female-1280967/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/285205" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/doctor-gray-hair-experience-2337835/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image101.png"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/doctor-security-consulting-room-1228629/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/76501/arm-watch" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image94.png"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/27538/blue-eye" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/171346/cheese" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image91.png"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image79.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/65005/oval-island-scene" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/zebra.mp3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/177231/bell" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/zvono.mp3" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/zub.mp3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image90.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/charlize-theron-entertainer-actress-79562/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image77.png"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/tooth-bite-dentist-practitioner-146674/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Charlize_Theron_%2836042683632%29.jpg" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image72.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image64.png"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/220641/zebra-coloured" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/performance-music-concert-musician-3327674/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/nebo.mp3" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/59665/daysky" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/boca.mp3" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/audio-concert-mic-microphone-music-2941753/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image93.png"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/camac.mp3" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image97.png"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/152947/soccer" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/cesta.mp3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/smiling-teacher-female-college-1280975/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/nogomet.mp3" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/noga.mp3" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image98.png"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/23984/electric-guitar" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/On_je.mp3" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ona_je.mp3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Oni_su.mp3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ono_je.mp3" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/One_su.mp3" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/college-student-library-man-books-3500990/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ona_su.mp3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/library-books-shelves-student-922998/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image99.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image102.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Oni.mp3" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/On.mp3" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/One.mp3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ona.mp3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Onaa.mp3" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/sat.mp3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ono.mp3" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/sir.mp3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Mi_smo.mp3" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/sestra.mp3" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ja_sam.mp3" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image74.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Vi_ste.mp3" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ti_si.mp3" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/theater-play-drama-cinema-film-158168/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/13117/plane-taking-off" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/292892/astronaut" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/automobil.mp3" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image87.png"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/169980/farmacia-2" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/rodjendan.mp3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/avion.mp3" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/instrument.mp3" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/4454/beetle-car" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/imela.mp3" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/301717/circle-wine" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image92.png"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/grozdze.mp3" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Vi.mp3" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/fotoaparat.mp3" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/314631/grapes-010220192" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/farma.mp3" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/232419/angel-gabriel" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/8613/flute" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/smece.mp3" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/318113/standing-vet" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/andjeo.mp3" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ja.mp3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Mi.mp3" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/vase-ceramics-blue-glass-148594/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/cake-chocolate-birthday-cake-party-25388/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/Ti.mp3" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/flauta.mp3" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/search/?query=name" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/europa.mp3" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/9514/harp-1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image78.png"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/mistletoe-christmas-decoration-1091986/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/mecava.mp3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ime.mp3" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/euro.mp3" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/eskim.mp3" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image65.png"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/1586/digital-camera" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/cirilica.mp3" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image100.png"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image86.png"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Serbian_Cyrillic_alphabet_(%D0%A1%D1%80%D0%BF%D1%81%D0%BA%D0%B0_%D1%9B%D0%B8%D1%80%D0%B8%D0%BB%D0%B8%D1%86%D0%B0).svg" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/radio-playing-antenna-audio-sound-311676/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/plaza.mp3" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/zirafa.mp3" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ruza.mp3" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/297858/farm" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/303814/rubbish-bin-with-rubbish" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/radio.mp3" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ruka.mp3" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/189473/let-it-snow" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/robot.mp3" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/upitnik.mp3" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/uho.mp3" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/262193/eskimo-man-fishing-line-art" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ured.mp3" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/311325/worksheet-1-euro" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/5176/leg" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/alcohol-bar-beverage-blanc-blank-1031713/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image68.png"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/tulipan.mp3" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image84.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/6734/europe-outline" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/tim.mp3" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/264382/rowboat-2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image83.png"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/316480/soccer-team" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/tanjur.mp3" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image70.png"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image69.png"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/86413/phone-icon" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/dog-head-dog-terrier-2936441/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/desert.mp3" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image80.png"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/telefon.mp3" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/street-highway-road-straight-159678/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/120721/tulip" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/njuska.mp3" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/kornjaca.mp3" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image61.png"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/coast-drawing-sea-sand-summer-5058419/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/otok.mp3" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/oko.mp3" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/204863/ear-colored" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/dupin.mp3" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/animals-cartoon-green-happy-1298747/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/obala.mp3" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/doktor.mp3" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image85.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/question-mark-question-1750942/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/plate-dish-kitchen-white-porcelain-159469/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image58.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image75.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/background-calendar-business-5048215/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/boy-cartoon-chart-checkup-clinic-2027615/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/red-heart-health-love-shape-304570/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/vino.mp3" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/veterinar.mp3" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/floral-flower-leaf-leafy-leaves-2027188/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/vaza.mp3" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/326532/ice-cream-in-a-glass" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ljubav.mp3" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image62.png"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ljiljan.mp3" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/25875/delphindelfindolphin" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ljekarna.mp3" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image95.png"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/papa.mp3" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/326723/jungle-scene" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/pas.mp3" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image96.png"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/jeep-vehicle-4-x-4-offroad-auto-6250207/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/7660/paper-corner" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/cokolada.mp3" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/230166/folded-map" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/papir.mp3" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/mac.mp3" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/313835/francis-pope19012019" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/macka.mp3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image82.png"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/294870/dalmation" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/chocolate-sweet-dessert-cocoa-2896696/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/214639/black-cat" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/muha.mp3" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/hrana.mp3" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/hotel.mp3" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/169233/classic-medieval-sword" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image67.png"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/291226/fly" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image71.png"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/chicken-milk-eggs-fruits-fish-559892/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/hand-fingers-forearm-arm-thumb-41386/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image81.png"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/253585/answerphone-robot" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/221554/beach-ball-at-the-beach-daily-sketch-31" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/lav.mp3" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image89.png"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/sismis.mp3" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/5372/soccer-ball" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/sesir.mp3" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image63.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/lopta.mp3" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/104491/colored-giraffe" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/lampa.mp3" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/254960/SVG-format" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/25875/delphindelfindolphin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/suma.mp3" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/238659/prismatic-low-poly-woman-and-man-ballet-silhouette" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/blog.mp3" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/balet.mp3" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/bingo.mp3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/blog-blogging-blogger-computer-492184/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/astronaut.mp3" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/171717/bingo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image66.png"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/28094/tablelamp" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/spruce-forest-conifer-sunrise-sky-311280/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/med.mp3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image60.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/metro.mp3" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/28485/bat" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/mapa.mp3" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image88.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image59.png"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/213608/green-pullover" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/14850/peasant-hat" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/292529/honey-jar" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/dzemper.mp3" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/dzungla.mp3" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/260803/railmetro15" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/dzip.mp3" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/gljiva.mp3" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/gitara.mp3" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/cranium-head-human-male-man-1299985/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/jacket-winter-clothing-cold-wear-32714/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image73.png"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/landscape-nature-hill-forest-5434779/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/glava.mp3" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/209626/food-mushroom" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/krokodil.mp3" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/kino.mp3" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/21418/cup-of-coffee-with-sack-of-coffee-beans" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/327824/isometric-hotel" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/kava.mp3" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image76.png"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/215745/crocodile-coloured" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1RhtjowizA-v9Nr-FhpuxDqzicXn49s24K8kSvLZC9gw/edit#heading=h.q8eyieir02c9" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/jelo.mp3" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/jakna.mp3" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/jezero.mp3" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/spaghetti-spaghetti-sauce-pasta-31784/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>