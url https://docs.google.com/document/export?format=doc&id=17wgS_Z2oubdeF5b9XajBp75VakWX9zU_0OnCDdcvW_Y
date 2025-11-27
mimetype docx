--- v0 (2025-11-25)
+++ v1 (2025-11-27)
@@ -469,56 +469,56 @@
               <w:top w:color="efefef" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="efefef" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="efefef" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="efefef" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2624138" cy="1843625"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="5" name="image22.jpg"/>
+                  <wp:docPr id="5" name="image7.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image22.jpg"/>
+                          <pic:cNvPr id="0" name="image7.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2624138" cy="1843625"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1449,91 +1449,91 @@
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_7diwsktveh65" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1.2 Zadatak 9. Naše stvari</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="2805113" cy="1981593"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="26" name="image27.png"/>
+            <wp:docPr id="26" name="image28.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image27.png"/>
+                    <pic:cNvPr id="0" name="image28.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2805113" cy="1981593"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="2805113" cy="1982162"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="28" name="image30.png"/>
+            <wp:docPr id="28" name="image29.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image30.png"/>
+                    <pic:cNvPr id="0" name="image29.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2805113" cy="1982162"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1958,56 +1958,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId9">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="652463" cy="742457"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image15.png"/>
+                    <wp:docPr id="13" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="652463" cy="742457"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2037,56 +2037,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="778082" cy="783561"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="23" name="image11.png"/>
+                  <wp:docPr id="23" name="image8.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image11.png"/>
+                          <pic:cNvPr id="0" name="image8.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="778082" cy="783561"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2115,56 +2115,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="700088" cy="808552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="20" name="image8.png"/>
+                  <wp:docPr id="20" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="700088" cy="808552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2269,56 +2269,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="802917"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="1" name="image13.png"/>
+                  <wp:docPr id="1" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image13.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="802917"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -2338,56 +2338,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId16">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="586412" cy="677801"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="38" name="image16.png"/>
+                    <wp:docPr id="38" name="image17.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image17.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="586412" cy="677801"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2408,56 +2408,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="628650" cy="765280"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="36" name="image10.png"/>
+                    <wp:docPr id="36" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="7897" l="0" r="0" t="6056"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="628650" cy="765280"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2487,56 +2487,56 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="804863" cy="723900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="17" name="image5.png"/>
+                  <wp:docPr id="17" name="image10.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image5.png"/>
+                          <pic:cNvPr id="0" name="image10.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="804863" cy="723900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3200,56 +3200,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId21">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="652463" cy="742457"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image15.png"/>
+                    <wp:docPr id="18" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="652463" cy="742457"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3267,56 +3267,56 @@
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="778082" cy="783561"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="19" name="image11.png"/>
+                  <wp:docPr id="19" name="image8.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image11.png"/>
+                          <pic:cNvPr id="0" name="image8.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="778082" cy="783561"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3333,56 +3333,56 @@
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="700088" cy="808552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="25" name="image8.png"/>
+                  <wp:docPr id="25" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image8.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId12"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="700088" cy="808552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3475,56 +3475,56 @@
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="802917"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image13.png"/>
+                  <wp:docPr id="3" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image13.png"/>
+                          <pic:cNvPr id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId15"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="802917"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3544,56 +3544,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId23">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="586412" cy="677801"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="34" name="image16.png"/>
+                    <wp:docPr id="34" name="image17.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image17.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="586412" cy="677801"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3614,56 +3614,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="628650" cy="765280"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="37" name="image10.png"/>
+                    <wp:docPr id="37" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="7897" l="0" r="0" t="6056"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="628650" cy="765280"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3681,56 +3681,56 @@
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="804863" cy="723900"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="4" name="image5.png"/>
+                  <wp:docPr id="4" name="image10.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image5.png"/>
+                          <pic:cNvPr id="0" name="image10.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId20"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="804863" cy="723900"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -4295,56 +4295,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId25">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="620693" cy="873063"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="21" name="image10.png"/>
+                    <wp:docPr id="21" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="620693" cy="873063"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4365,56 +4365,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="586412" cy="677801"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="39" name="image16.png"/>
+                    <wp:docPr id="39" name="image17.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image17.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId17"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="586412" cy="677801"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4435,56 +4435,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId27">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="431762" cy="701613"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="32" name="image17.png"/>
+                    <wp:docPr id="32" name="image23.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image17.png"/>
+                            <pic:cNvPr id="0" name="image23.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId28"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="431762" cy="701613"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4505,56 +4505,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId29">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="245310" cy="777813"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="31" name="image18.png"/>
+                    <wp:docPr id="31" name="image26.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image18.png"/>
+                            <pic:cNvPr id="0" name="image26.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId30"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="245310" cy="777813"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4581,56 +4581,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId31">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="795338" cy="480069"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image1.png"/>
+                    <wp:docPr id="16" name="image12.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image12.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId32"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="795338" cy="480069"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4651,56 +4651,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId33">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="757238" cy="622017"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="27" name="image14.png"/>
+                    <wp:docPr id="27" name="image22.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image22.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId34"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="757238" cy="622017"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4791,56 +4791,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId37">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="538163" cy="624269"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image7.png"/>
+                    <wp:docPr id="11" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId38"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="538163" cy="624269"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4867,56 +4867,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId39">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="357188" cy="911193"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image6.png"/>
+                    <wp:docPr id="14" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId40"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="357188" cy="911193"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4937,56 +4937,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId41">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723603" cy="775755"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image2.png"/>
+                    <wp:docPr id="9" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId42"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723603" cy="775755"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5007,56 +5007,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId43">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="478234" cy="642405"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image9.png"/>
+                    <wp:docPr id="6" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId44"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="478234" cy="642405"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5077,56 +5077,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId45">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="728130" cy="728130"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="29" name="image28.png"/>
+                    <wp:docPr id="29" name="image27.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image28.png"/>
+                            <pic:cNvPr id="0" name="image27.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId46"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="728130" cy="728130"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5153,56 +5153,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId47">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="448255" cy="850925"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="24" name="image21.png"/>
+                    <wp:docPr id="24" name="image20.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image21.png"/>
+                            <pic:cNvPr id="0" name="image20.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId48"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="448255" cy="850925"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5223,56 +5223,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId49">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="862936" cy="708050"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="33" name="image23.png"/>
+                    <wp:docPr id="33" name="image18.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image23.png"/>
+                            <pic:cNvPr id="0" name="image18.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId50"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="862936" cy="708050"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5293,56 +5293,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId51">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="748913" cy="727100"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image3.png"/>
+                    <wp:docPr id="15" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId52"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="748913" cy="727100"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5363,56 +5363,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId53">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="633916" cy="815932"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="22" name="image20.png"/>
+                    <wp:docPr id="22" name="image21.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image20.png"/>
+                            <pic:cNvPr id="0" name="image21.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId54"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="633916" cy="815932"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5477,56 +5477,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId55">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1819275" cy="2181225"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="40" name="image26.png"/>
+                    <wp:docPr id="40" name="image25.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image26.png"/>
+                            <pic:cNvPr id="0" name="image25.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId56"/>
                             <a:srcRect b="0" l="19883" r="24269" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1819275" cy="2181225"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5546,56 +5546,56 @@
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId57">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1800225" cy="2181253"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image12.png"/>
+                    <wp:docPr id="10" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId58"/>
                             <a:srcRect b="19365" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1800225" cy="2181253"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7654,97 +7654,97 @@
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="7" name="image25.png"/>
+          <wp:docPr id="7" name="image5.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image25.png"/>
+                  <pic:cNvPr id="0" name="image5.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="2" name="image29.png"/>
+          <wp:docPr id="2" name="image30.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image29.png"/>
+                  <pic:cNvPr id="0" name="image30.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
@@ -8071,55 +8071,55 @@
   <w:style w:type="table" w:styleId="Table9">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table10">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table11">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/76501/arm-watch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/152155/mirror-frame" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/14850/peasant-hat" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/181331/man-handbag" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/221013/1950s-vintage-dress-stand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/301793/pots-and-pans" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/duffel-duffle-bag-handles-luggage-4831963/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/9739/printer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/256894/ipad-outline" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/1027/key" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/225124/raseone-wine-bottle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1nAw43PFbdwyralbp0MOAm55RC8sOnH3iEGnVqL5a0XA/edit#heading=h.huu2potjgjn1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/181441/wallet-icons" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/181331/man-handbag" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/211628/book-generic-standing" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/21420/cup-of-coffee-with-sack-of-coffee-beans" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/21420/cup-of-coffee-with-sack-of-coffee-beans" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/211628/book-generic-standing" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/28094/tablelamp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/23984/electric-guitar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/101599/backpack" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/image/800px/300627" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Blanka_Vlasic_2c_o.jpg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/181441/wallet-icons" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Brad_Pitt_2019_by_Glenn_Francis.jpg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Pen%C3%A9lope_Cruz_-_Cannes_2011.jpg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/21420/cup-of-coffee-with-sack-of-coffee-beans" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/211628/book-generic-standing" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/76501/arm-watch" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/152155/mirror-frame" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/14850/peasant-hat" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/181331/man-handbag" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/221013/1950s-vintage-dress-stand" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/301793/pots-and-pans" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/illustrations/duffel-duffle-bag-handles-luggage-4831963/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/9739/printer" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/256894/ipad-outline" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/1027/key" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/225124/raseone-wine-bottle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1nAw43PFbdwyralbp0MOAm55RC8sOnH3iEGnVqL5a0XA/edit#heading=h.huu2potjgjn1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/181441/wallet-icons" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/181331/man-handbag" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/211628/book-generic-standing" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/21420/cup-of-coffee-with-sack-of-coffee-beans" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/21420/cup-of-coffee-with-sack-of-coffee-beans" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/211628/book-generic-standing" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/28094/tablelamp" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/23984/electric-guitar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/101599/backpack" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/image/800px/300627" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Blanka_Vlasic_2c_o.jpg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/181441/wallet-icons" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Brad_Pitt_2019_by_Glenn_Francis.jpg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Pen%C3%A9lope_Cruz_-_Cannes_2011.jpg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/21420/cup-of-coffee-with-sack-of-coffee-beans" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/211628/book-generic-standing" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>