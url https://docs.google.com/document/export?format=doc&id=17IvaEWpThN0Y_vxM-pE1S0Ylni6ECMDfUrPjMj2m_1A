--- v0 (2025-10-12)
+++ v1 (2025-12-10)
@@ -1,80 +1,83 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_wg735t4yl9si" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">7. lekce - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Denní program </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">/ Unit 7 - Daily Schedule</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2880"/>
         <w:gridCol w:w="6480"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="2880"/>
             <w:gridCol w:w="6480"/>
@@ -121,108 +124,110 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="3981450" cy="2654300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="81" name="image10.png"/>
+                    <wp:docPr id="81" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="3981450" cy="2654300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:spacing w:after="80" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
@@ -247,135 +252,141 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Communicative Goals</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Grammar</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="80" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Vocabulary</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
@@ -572,50 +583,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="2"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">time within (</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">za</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> + ACC)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -696,119 +708,123 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:ind w:left="720" w:hanging="360"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">temporal conjunctions (</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">když</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">předtím</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">potom</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1560"/>
@@ -824,129 +840,135 @@
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="93c47d" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pre-class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="6d9eeb" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">in-class</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="f1c232" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">post-class</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1057,160 +1079,165 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="19" name="image2.png"/>
+                    <wp:docPr id="19" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:right="390" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-class Lesson</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1847850" cy="2387600"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:docPr id="46" name="image12.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="image12.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId11"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
@@ -1224,262 +1251,268 @@
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="120" w:lineRule="auto"/>
               <w:ind w:left="360" w:right="390" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId12">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unit 7 - Activity Book</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId13">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="592062" cy="565150"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="48" name="image13.png"/>
+                    <wp:docPr id="48" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="592062" cy="565150"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:right="390" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Post-class Homework</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId15">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="118" name="image5.png"/>
+                    <wp:docPr id="118" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-class Canvas Quiz</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
@@ -1551,111 +1584,114 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="8" name="image4.png"/>
+                  <wp:docPr id="8" name="image5.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.png"/>
+                          <pic:cNvPr id="0" name="image5.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-class Video</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
@@ -1727,127 +1763,132 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId18">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="727075" cy="156601"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
                     <wp:docPr id="96" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
                             <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="727075" cy="156601"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pre-class Vocabulary or Grammar Drill</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="def0ff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
@@ -1917,50 +1958,51 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">For more information about using these materials, see </w:t>
             </w:r>
             <w:hyperlink r:id="rId20">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Using the Reality Czech Curriculum</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1968,50 +2010,51 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table4"/>
         <w:tblW w:w="9360.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1440"/>
         <w:gridCol w:w="3960"/>
         <w:gridCol w:w="3960"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="1440"/>
@@ -2027,116 +2070,119 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7.1 - 7. lekce, 1. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId21">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="26" name="image3.png"/>
+                    <wp:docPr id="26" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2164,50 +2210,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId22">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.1 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId23">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kolik je hodin?</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Telling Time</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -2230,56 +2277,56 @@
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId25">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="116" name="image11.png"/>
+                    <wp:docPr id="116" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId26">
@@ -2308,73 +2355,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId27">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image5.png"/>
+                    <wp:docPr id="16" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2383,70 +2432,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.1 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId29">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kolik je hodin?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -2488,65 +2539,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId30">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="32" name="image3.png"/>
+                    <wp:docPr id="32" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2574,50 +2626,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId31">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.1 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId32">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V kolik hodin?</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId33">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - At what time?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -2665,73 +2718,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId34">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="27" name="image5.png"/>
+                    <wp:docPr id="27" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2759,50 +2814,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId35">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.1 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId36">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V kolik hodin?</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId37">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - At what time?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -2857,65 +2913,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId38">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="133" name="image3.png"/>
+                    <wp:docPr id="133" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2924,70 +2981,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId39">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.1 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId40">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">brzo/brzy, pozdě...dřív, pozdějí</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -3030,65 +3089,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId41">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="138" name="image3.png"/>
+                    <wp:docPr id="138" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3097,70 +3157,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId42">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.1 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId43">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ranní ptáče nebo sova</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -3207,56 +3269,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="66" name="image6.png"/>
+                  <wp:docPr id="66" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3264,70 +3326,72 @@
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
             <w:pPr>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId44">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.1 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId45">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jste ranní ptáče nebo sova?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -3369,65 +3433,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId46">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="124" name="image5.png"/>
+                    <wp:docPr id="124" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3455,50 +3520,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId47">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.1 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId48">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jste ranní ptáče nebo sova?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -3545,2864 +3611,51 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="781050" cy="177800"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="22" name="image8.png"/>
-[...2812 lines deleted...]
-                  <wp:docPr id="121" name="image9.png"/>
+                  <wp:docPr id="22" name="image9.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="image9.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId49"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="781050" cy="177800"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
@@ -6411,556 +3664,3408 @@
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
-[...7 lines deleted...]
-            <w:hyperlink r:id="rId94">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId50">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
-                <w:t xml:space="preserve">7.2 - </w:t>
-[...2 lines deleted...]
-            <w:hyperlink r:id="rId95">
+                <w:t xml:space="preserve">7.1 - </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId51">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">SoundCzech!</w:t>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink r:id="rId96">
+            <w:hyperlink r:id="rId52">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
-                <w:t xml:space="preserve"> - To Hit the Hay</w:t>
+                <w:t xml:space="preserve"> - A Bird's Eye View of Czech Idioms</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
-[...1 lines deleted...]
-              <w:widowControl w:val="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
+            <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcBorders>
-[...14 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="d9d9d9" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7.2 - 7. lekce, 2. den</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId53">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="428625" cy="428625"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="59" name="image2.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId10"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="428625" cy="428625"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId54">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Ordinal Numbers (1st-12th)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:ind w:left="360" w:firstLine="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId55">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="459215" cy="442207"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="72" name="image8.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId14"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="459215" cy="442207"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId56">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Domácí úkol 7.2</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId57">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="723900" cy="190500"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="139" name="image3.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId19"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="723900" cy="190500"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId58">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Quizlet - Ordinals (1st-12th) - Learning Exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000073">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId59">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="723900" cy="190500"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="103" name="image3.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId19"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="723900" cy="190500"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId60">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Quizlet - Ordinals (1st-12th) - Listening Exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId61">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="428625" cy="428625"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="79" name="image2.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId10"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="428625" cy="428625"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId62">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Conversational Clock Time - Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId63">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="428625" cy="428625"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="39" name="image2.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId10"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="428625" cy="428625"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId64">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Conversational Clock Time, part 1 - time on the half hour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId65">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="361950" cy="494911"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="44" name="image6.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId16"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="361950" cy="494911"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId66">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Time on the half hour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId67">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="428625" cy="428625"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="142" name="image2.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId10"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="428625" cy="428625"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000080">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId68">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Conversational Clock Time, part 2 - time on the quarter hour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000081">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId69">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="361950" cy="494911"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="29" name="image6.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId16"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="361950" cy="494911"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000083">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId70">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Time on the quarter hour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000084">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000085">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId71">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="428625" cy="428625"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="40" name="image2.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId10"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="428625" cy="428625"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000086">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId72">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Activities During the Day / </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId73">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aktivity během dne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000087">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId74">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="723900" cy="190500"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="60" name="image3.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId19"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="723900" cy="190500"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId75">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Quizlet - </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId76">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aktivity během dne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId77">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> - Flashcards</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008A">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008B">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId78">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="723900" cy="190500"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="108" name="image3.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId19"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="723900" cy="190500"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId79">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Quizlet - </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId80">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aktivity během dne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId81">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> - Learning Exercise</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="35" name="image6.png"/>
+                  <wp:docPr id="4" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000008F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
-                <w:sz w:val="28"/>
-[...3 lines deleted...]
-            <w:hyperlink r:id="rId97">
+                <w:iCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId82">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.2 - </w:t>
               </w:r>
             </w:hyperlink>
-            <w:hyperlink r:id="rId98">
+            <w:hyperlink r:id="rId83">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reality Czech</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V kolik hodin jste včera šli spát?</w:t>
+                <w:t xml:space="preserve">Reality Czech - V kolik hodin vstáváte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId101">
+            <w:hyperlink r:id="rId84">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="73" name="image5.png"/>
+                    <wp:docPr id="83" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
-[...8 lines deleted...]
-            <w:hyperlink r:id="rId102">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId85">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
-                <w:t xml:space="preserve">7.2 - Reality Czech - </w:t>
-[...2 lines deleted...]
-            <w:hyperlink r:id="rId103">
+                <w:t xml:space="preserve"> 7.2 - </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId86">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
-                <w:t xml:space="preserve">V kolik hodin jste včera šli spát?</w:t>
+                <w:t xml:space="preserve">Reality Czech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId87">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> - V kolik hodin vstáváte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000093">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000094">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                  <wp:extent cx="385763" cy="270552"/>
+                  <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                  <wp:docPr id="104" name="image4.png"/>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="image4.png"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId17"/>
+                          <a:srcRect b="0" l="0" r="0" t="0"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="385763" cy="270552"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect"/>
+                          <a:ln/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000095">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId88">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId89">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reality Czech - Chodíte spát brzo nebo pozdě? V kolik?</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId90">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="361950" cy="494911"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="62" name="image6.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId16"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="361950" cy="494911"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000098">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId91">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId92">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reality Czech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId93">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> - Chodíte spát brzo nebo pozdě? V kolik?</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                  <wp:extent cx="781050" cy="177800"/>
+                  <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                  <wp:docPr id="121" name="image10.png"/>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="image10.png"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId49"/>
+                          <a:srcRect b="0" l="0" r="0" t="0"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="781050" cy="177800"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect"/>
+                          <a:ln/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId94">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId95">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">SoundCzech!</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId96">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> - To Hit the Hay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009C">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                  <wp:extent cx="385763" cy="270552"/>
+                  <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                  <wp:docPr id="35" name="image4.png"/>
+                  <a:graphic>
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic>
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="image4.png"/>
+                          <pic:cNvPicPr preferRelativeResize="0"/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId17"/>
+                          <a:srcRect b="0" l="0" r="0" t="0"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="385763" cy="270552"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect"/>
+                          <a:ln/>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009E">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId97">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId98">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Reality Czech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId99">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve"> - </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId100">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V kolik hodin jste včera šli spát?</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009F">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId101">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:drawing>
+                  <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
+                    <wp:extent cx="361950" cy="494911"/>
+                    <wp:effectExtent b="0" l="0" r="0" t="0"/>
+                    <wp:docPr id="73" name="image6.png"/>
+                    <a:graphic>
+                      <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:pic>
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPicPr preferRelativeResize="0"/>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId16"/>
+                            <a:srcRect b="0" l="0" r="0" t="0"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="0" y="0"/>
+                              <a:ext cx="361950" cy="494911"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect"/>
+                            <a:ln/>
+                          </pic:spPr>
+                        </pic:pic>
+                      </a:graphicData>
+                    </a:graphic>
+                  </wp:inline>
+                </w:drawing>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A1">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId102">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">7.2 - Reality Czech - </w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:hyperlink r:id="rId103">
+              <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+                <w:rPr>
+                  <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
+                  <w:color w:val="1155cc"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                  <w:u w:val="single"/>
+                  <w:rtl w:val="0"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V kolik hodin jste včera šli spát?</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+              <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:fill="auto" w:val="clear"/>
+            <w:tcMar>
+              <w:top w:w="100.0" w:type="dxa"/>
+              <w:left w:w="100.0" w:type="dxa"/>
+              <w:bottom w:w="100.0" w:type="dxa"/>
+              <w:right w:w="100.0" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId104">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="65" name="image1.png"/>
+                    <wp:docPr id="65" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6989,50 +7094,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId105">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.2 - Quizlet - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId106">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aktivity během dne</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId107">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Listening Exercise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -7081,117 +7187,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7.3 - 7. lekce, 3. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId108">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image1.png"/>
+                    <wp:docPr id="12" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7220,50 +7330,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId109">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - Quizlet - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId110">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aktivity během dne</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId111">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Listening Exercise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -7302,56 +7413,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId112">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="78" name="image11.png"/>
+                    <wp:docPr id="78" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId113">
@@ -7380,73 +7491,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId114">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="54" name="image1.png"/>
+                    <wp:docPr id="54" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7475,50 +7588,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId115">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - Quizlet - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId116">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aktivity během dne</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId117">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Matching</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -7573,65 +7687,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId118">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="87" name="image3.png"/>
+                    <wp:docPr id="87" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7641,70 +7756,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId119">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId120">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osobní hygiena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -7740,73 +7857,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId121">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="69" name="image1.png"/>
+                    <wp:docPr id="69" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7835,50 +7954,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId122">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - Quizlet - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId123">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osobní hygiena</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId124">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Flashcards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -7926,73 +8046,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId125">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="136" name="image1.png"/>
+                    <wp:docPr id="136" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8087,73 +8209,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId127">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="109" name="image5.png"/>
+                    <wp:docPr id="109" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8163,70 +8287,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BA">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId128">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId129">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osobní hygiena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -8269,65 +8395,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId130">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image3.png"/>
+                    <wp:docPr id="3" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8337,95 +8464,98 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId131">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - Reflexives </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId132">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">si/se</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId133">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId134">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osobní hygiena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -8461,73 +8591,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId135">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="132" name="image5.png"/>
+                    <wp:docPr id="132" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8556,50 +8688,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId136">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId137">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reflexive si/se</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId138">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Osobní hygiena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -8659,56 +8792,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="17" name="image6.png"/>
+                  <wp:docPr id="17" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -8717,95 +8850,98 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId139">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId140">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reality Czech</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId141">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId142">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sprchujete se radši ráno nebo večer?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -8848,65 +8984,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId143">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image5.png"/>
+                    <wp:docPr id="15" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8935,75 +9072,77 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId144">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId145">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reality Czech</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId146">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> -</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId147">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> Sprchujete se radši ráno nebo večer?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -9046,65 +9185,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId148">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="63" name="image3.png"/>
+                    <wp:docPr id="63" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9114,70 +9254,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId149">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId150">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Produkty - Osobní hygiena</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -9213,73 +9355,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId151">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="122" name="image1.png"/>
+                    <wp:docPr id="122" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9308,50 +9452,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId152">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> 7.3 - Quizlet - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId153">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Produkty (Osobní hygiena)</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId154">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Flashcards</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -9399,73 +9544,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId155">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="41" name="image1.png"/>
+                    <wp:docPr id="41" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9494,50 +9641,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000CF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId156">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - Quizlet - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId157">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Produkty (Osobní hygiena) </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId158">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">- Learning Exercise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -9585,73 +9733,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId159">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="112" name="image1.png"/>
+                    <wp:docPr id="112" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9680,50 +9830,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D2">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId160">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.3 - Quizlet - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId161">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Osobní hygiena a Produkty (Osobní hygiena)</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId162">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> - Listening Exercise</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -9772,116 +9923,119 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7.4 - 7. lekce, 4. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId163">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="129" name="image3.png"/>
+                    <wp:docPr id="129" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -9891,95 +10045,98 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId164">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - coming and going - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId165">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">přicházet </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId166">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">a </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId167">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">odcházet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -9991,56 +10148,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000D9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId168">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="53" name="image11.png"/>
+                    <wp:docPr id="53" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId169">
@@ -10076,65 +10233,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId170">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="120" name="image5.png"/>
+                    <wp:docPr id="120" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10144,95 +10302,98 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId171">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - Conjugation of </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId172">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">přicházet </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId173">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">and </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId174">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">odcházet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -10280,56 +10441,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="115" name="image6.png"/>
+                  <wp:docPr id="115" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -10338,70 +10499,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId175">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId176">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V kolik hodin obvykle odcházíte na univerzitu nebo do práce?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -10444,65 +10607,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId177">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="45" name="image5.png"/>
+                    <wp:docPr id="45" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10512,70 +10676,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId178">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId179">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V kolik hodin obvykle odcházíte na univerzitu nebo do práce?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -10623,56 +10789,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="119" name="image6.png"/>
+                  <wp:docPr id="119" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -10681,70 +10847,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E4">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId180">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId181">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kdy obvykle obědváte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -10787,65 +10955,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId182">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="49" name="image5.png"/>
+                    <wp:docPr id="49" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -10874,50 +11043,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E7">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId183">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId184">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kdy obvykle obědváte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -10960,65 +11130,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000E9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId185">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image3.png"/>
+                    <wp:docPr id="14" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11113,73 +11284,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId187">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="71" name="image5.png"/>
+                    <wp:docPr id="71" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11286,56 +11459,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000EF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="111" name="image6.png"/>
+                  <wp:docPr id="111" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -11344,70 +11517,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId189">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId190">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V kolik hodin obvykle večeříte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -11450,65 +11625,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId191">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="93" name="image5.png"/>
+                    <wp:docPr id="93" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11518,70 +11694,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId192">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId193">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V kolik hodin obvykle večeříte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -11624,65 +11802,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId194">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="102" name="image3.png"/>
+                    <wp:docPr id="102" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11711,50 +11890,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId195">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId196">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">čekat </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId197">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">'to wait'</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -11802,73 +11982,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId198">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="36" name="image5.png"/>
+                    <wp:docPr id="36" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -11897,50 +12079,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000F9">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId199">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId200">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">čekat </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId201">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">'to wait'</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -11995,65 +12178,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId202">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="24" name="image3.png"/>
+                    <wp:docPr id="24" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12082,50 +12266,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FC">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId203">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId204">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pozdě - ‘late’ vs. včas</w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId205">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve"> ‘on time’</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -12173,73 +12358,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId206">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="89" name="image5.png"/>
+                    <wp:docPr id="89" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12268,75 +12455,77 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000FF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId207">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.4 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId208">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pozdě </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId209">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">- ‘to be late’ vs. </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId210">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">včas </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId211">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‘on time’</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
@@ -12385,116 +12574,119 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000101">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7.5 - 7. lekce, 5. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000104">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId212">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="131" name="image3.png"/>
+                    <wp:docPr id="131" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12565,56 +12757,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000106">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId214">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="135" name="image11.png"/>
+                    <wp:docPr id="135" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId215">
@@ -12643,73 +12835,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000107">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId216">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="74" name="image5.png"/>
+                    <wp:docPr id="74" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12811,65 +13005,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId218">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image3.png"/>
+                    <wp:docPr id="13" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -12964,73 +13159,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000010D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId220">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="30" name="image1.png"/>
+                    <wp:docPr id="30" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13125,73 +13322,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000110">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId222">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="100" name="image1.png"/>
+                    <wp:docPr id="100" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13286,73 +13485,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000113">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId224">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="113" name="image1.png"/>
+                    <wp:docPr id="113" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13447,73 +13648,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000116">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId226">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="37" name="image5.png"/>
+                    <wp:docPr id="37" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13615,65 +13818,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000119">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId228">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="70" name="image3.png"/>
+                    <wp:docPr id="70" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13768,73 +13972,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId230">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="91" name="image5.png"/>
+                    <wp:docPr id="91" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -13929,73 +14135,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000011F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId232">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="67" name="image1.png"/>
+                    <wp:docPr id="67" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14091,117 +14299,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7.6 - 7. lekce, 6. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId234">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="64" name="image1.png"/>
+                    <wp:docPr id="64" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14295,73 +14507,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000128">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId236">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="28" name="image1.png"/>
+                    <wp:docPr id="28" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14455,73 +14669,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId238">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="80" name="image1.png"/>
+                    <wp:docPr id="80" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14622,65 +14838,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId240">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="86" name="image3.png"/>
+                    <wp:docPr id="86" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14751,56 +14968,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000130">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId242">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="117" name="image11.png"/>
+                    <wp:docPr id="117" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId243">
@@ -14836,65 +15053,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000131">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId244">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="75" name="image3.png"/>
+                    <wp:docPr id="75" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -14989,73 +15207,75 @@
           <w:trHeight w:val="1155" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000134">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId246">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="57" name="image5.png"/>
+                    <wp:docPr id="57" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15157,65 +15377,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000137">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId248">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="33" name="image3.png"/>
+                    <wp:docPr id="33" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15317,65 +15538,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId250">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="7" name="image3.png"/>
+                    <wp:docPr id="7" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15470,73 +15692,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000013D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId252">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="92" name="image1.png"/>
+                    <wp:docPr id="92" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15631,73 +15855,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000140">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId254">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="50" name="image1.png"/>
+                    <wp:docPr id="50" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15792,73 +16018,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000143">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId256">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="38" name="image5.png"/>
+                    <wp:docPr id="38" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -15953,73 +16181,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000146">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId258">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="42" name="image1.png"/>
+                    <wp:docPr id="42" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16114,73 +16344,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000149">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId260">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="126" name="image5.png"/>
+                    <wp:docPr id="126" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16276,116 +16508,119 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7.7 - 7. lekce, 7. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000014F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId262">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="2" name="image1.png"/>
+                    <wp:docPr id="2" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16478,65 +16713,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000152">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId264">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="110" name="image1.png"/>
+                    <wp:docPr id="110" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16629,65 +16865,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000155">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId266">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="23" name="image1.png"/>
+                    <wp:docPr id="23" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16773,73 +17010,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000158">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId268">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="99" name="image5.png"/>
+                    <wp:docPr id="99" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -16937,56 +17176,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="95" name="image6.png"/>
+                  <wp:docPr id="95" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -16995,70 +17234,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId270">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.7 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId271">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kolik hodin obvykle spíte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -17077,56 +17318,56 @@
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015E">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId272">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="101" name="image11.png"/>
+                    <wp:docPr id="101" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId273">
@@ -17162,65 +17403,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000015F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId274">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="31" name="image5.png"/>
+                    <wp:docPr id="31" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17249,50 +17491,51 @@
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000160">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId275">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.7 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId276">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kolik hodin obvykle spíte?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -17327,65 +17570,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000162">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId277">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="34" name="image3.png"/>
+                    <wp:docPr id="34" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17472,73 +17716,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000165">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId279">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="130" name="image5.png"/>
+                    <wp:docPr id="130" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17632,65 +17878,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000168">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId281">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="98" name="image3.png"/>
+                    <wp:docPr id="98" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17784,73 +18031,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId283">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="20" name="image5.png"/>
+                    <wp:docPr id="20" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -17951,65 +18200,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000016E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId285">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image3.png"/>
+                    <wp:docPr id="11" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18103,73 +18353,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000171">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId287">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="43" name="image5.png"/>
+                    <wp:docPr id="43" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18270,65 +18522,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000174">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId289">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="82" name="image3.png"/>
+                    <wp:docPr id="82" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18423,117 +18676,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000177">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7.8 - 7. lekce, 8. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId291">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="125" name="image3.png"/>
+                    <wp:docPr id="125" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18627,73 +18884,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000017D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId293">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="123" name="image1.png"/>
+                    <wp:docPr id="123" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18787,73 +19046,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000180">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId295">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image1.png"/>
+                    <wp:docPr id="9" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -18954,65 +19215,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000183">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId297">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="68" name="image3.png"/>
+                    <wp:docPr id="68" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19083,56 +19345,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000185">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId299">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="56" name="image11.png"/>
+                    <wp:docPr id="56" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId300">
@@ -19161,73 +19423,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000186">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId301">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="94" name="image5.png"/>
+                    <wp:docPr id="94" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19322,73 +19586,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000189">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId303">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="85" name="image3.png"/>
+                    <wp:docPr id="85" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19483,73 +19749,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId305">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image3.png"/>
+                    <wp:docPr id="18" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19644,73 +19912,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000018F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId307">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="52" name="image1.png"/>
+                    <wp:docPr id="52" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19805,73 +20075,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000192">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId309">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="76" name="image1.png"/>
+                    <wp:docPr id="76" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -19966,73 +20238,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000195">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId311">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="58" name="image1.png"/>
+                    <wp:docPr id="58" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -20134,65 +20408,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000198">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId313">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image5.png"/>
+                    <wp:docPr id="10" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -20299,56 +20574,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019B">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="128" name="image6.png"/>
+                  <wp:docPr id="128" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -20357,70 +20632,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019C">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId315">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.8 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId316">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co musíte dělat každý den?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -20463,65 +20740,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019E">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId317">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="84" name="image5.png"/>
+                    <wp:docPr id="84" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -20531,70 +20809,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000019F">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId318">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.8 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId319">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co musíte dělat každý den?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -20631,117 +20911,121 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7.9 - 7. lekce, 9. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId320">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="140" name="image1.png"/>
+                    <wp:docPr id="140" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -20835,73 +21119,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001A7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId322">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="77" name="image1.png"/>
+                    <wp:docPr id="77" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -20995,73 +21281,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId324">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="90" name="image3.png"/>
+                    <wp:docPr id="90" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -21162,65 +21450,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId326">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="55" name="image5.png"/>
+                    <wp:docPr id="55" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -21291,56 +21580,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001AF">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId328">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="61" name="image11.png"/>
+                    <wp:docPr id="61" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId329">
@@ -21376,65 +21665,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId330">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="21" name="image3.png"/>
+                    <wp:docPr id="21" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -21529,73 +21819,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B3">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId332">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="137" name="image5.png"/>
+                    <wp:docPr id="137" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -21697,65 +21989,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B6">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId334">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image3.png"/>
+                    <wp:docPr id="6" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -21857,65 +22150,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001B9">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId336">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image3.png"/>
+                    <wp:docPr id="5" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -22010,73 +22304,75 @@
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId338">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="97" name="image1.png"/>
+                    <wp:docPr id="97" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -22183,56 +22479,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001BF">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="141" name="image6.png"/>
+                  <wp:docPr id="141" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -22241,70 +22537,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C0">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId340">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.9 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId341">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co děláte každé ráno?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -22347,65 +22645,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId342">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="25" name="image5.png"/>
+                    <wp:docPr id="25" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -22415,70 +22714,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C3">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId343">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.9 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId344">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co děláte každé ráno?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -22521,65 +22822,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C5">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId345">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="134" name="image5.png"/>
+                    <wp:docPr id="134" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -22681,65 +22983,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001C8">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId347">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="51" name="image3.png"/>
+                    <wp:docPr id="51" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -22835,116 +23138,119 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CB">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">7.10 - 7. lekce, 10. den</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="863.9999999999999" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001CE">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId349">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="114" name="image1.png"/>
+                    <wp:docPr id="114" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -23045,65 +23351,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D1">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId351">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="723900" cy="190500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="88" name="image1.png"/>
+                    <wp:docPr id="88" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId19"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="723900" cy="190500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -23209,56 +23516,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D4">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="106" name="image6.png"/>
+                  <wp:docPr id="106" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -23267,70 +23574,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D5">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId353">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.10 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId354">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co obvykle děláte odpoledne?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -23342,56 +23651,56 @@
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D6">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:ind w:left="360" w:firstLine="0"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId355">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="459215" cy="442207"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="105" name="image11.png"/>
+                    <wp:docPr id="105" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId14"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="459215" cy="442207"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId356">
@@ -23427,65 +23736,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId357">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="107" name="image5.png"/>
+                    <wp:docPr id="107" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -23495,70 +23805,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001D8">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId358">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.10 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId359">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Co obvykle děláte odpoledne?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -23606,56 +23918,56 @@
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DA">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="385763" cy="270552"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="127" name="image6.png"/>
+                  <wp:docPr id="127" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image6.png"/>
+                          <pic:cNvPr id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId17"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="385763" cy="270552"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -23664,70 +23976,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DB">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId360">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.10 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId361">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reality Czech - Jak vypadá váš večer?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -23769,65 +24083,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId362">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="361950" cy="494911"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="47" name="image5.png"/>
+                    <wp:docPr id="47" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="361950" cy="494911"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -23837,70 +24152,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001DE">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId363">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.10 - Reality Czech - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId364">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jak vypadá váš večer?</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -23942,65 +24259,66 @@
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId365">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="428625" cy="428625"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image3.png"/>
+                    <wp:docPr id="1" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId10"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="428625" cy="428625"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -24010,70 +24328,72 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000001E1">
             <w:pPr>
               <w:widowControl w:val="0"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId366">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">7.10 - </w:t>
               </w:r>
             </w:hyperlink>
             <w:hyperlink r:id="rId367">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:i w:val="1"/>
+                  <w:iCs w:val="1"/>
                   <w:color w:val="1155cc"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                   <w:u w:val="single"/>
                   <w:rtl w:val="0"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Buď...nebo…</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="d9d9d9" w:space="0" w:sz="36" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
@@ -24365,50 +24685,51 @@
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -24431,148 +24752,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
@@ -24677,51 +25002,51 @@
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="neCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="nwCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="seCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tcPr/>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/brzobrzy-pozde-driv-pozdeji" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/24h967qg99I" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/ranni-ptace-nebo-sova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/IJUuWUm6JLU" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/ranni-ptace-nebo-sova" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813277" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813277" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/IJUuWUm6JLU" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813224" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813224" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/indefinite-time-window" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813273" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/24h967qg99I" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813275" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/v-kolik-hodin-at-what-time" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/v-kolik-hodin-at-what-time" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813273" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/v-kolik-hodin-at-what-time" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813219" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/XRnabNRokC0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/XRnabNRokC0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813219" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qCOfJOVN620" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813219" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qCOfJOVN620" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558420752/learn" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/brzobrzy-pozde-driv-pozdeji" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813269" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813269" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559443427/flashcards" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813271" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813271" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/perfective-infinitives" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/using-the-curriculum" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kolik-je-hodin-telling-time" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kolik-je-hodin-telling-time" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kolik-je-hodin-telling-time" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1JQbcSmRPpI3bIILq29zGUuqy5quUWj1wVtvQm-vWxG8/edit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813217" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813217" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1OfahYY_vMWa9HsIAHZwtO6hDNQCS7FZFUEED2x30ltc/edit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/cekat-to-wait" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/cekat-to-wait" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/cekat-to-wait" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813279" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/QQn-TXSoxvo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813241" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813241" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/58_829jLq5U" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/produkty-osobni-hygiena" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/29Cmr7EwKOA" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813241" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/29Cmr7EwKOA" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/58_829jLq5U" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/learn" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/QQn-TXSoxvo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/learn" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/produkty-osobni-hygiena" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813317" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/9vGt_gPWp7w" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558463975/match" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/9vGt_gPWp7w" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/9vGt_gPWp7w" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813310" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813260" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/female-diary-journal-write-865110/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813260" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/match" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813260" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1-skGiYcIM6pPW_rYta1z7GXInq6OplyzqAcvzTKudC0/edit" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813260" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559447129/spell" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/activities-during-the-day" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/activities-during-the-day" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559447559/flashcards" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559447559/flashcards" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559447559/flashcards" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/learn" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813236" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/9vGt_gPWp7w" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813258" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559447129/spell" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813258" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexives-sise-osobni-hygiena" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559446789/flashcards" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexives-sise-osobni-hygiena" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/simultaneous-and-sequential-actions" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813258" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813308" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexives-sise-osobni-hygiena" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558463975/learn" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexives-sise-osobni-hygiena" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conversational-clock-time-introduction" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conversational-clock-time-part-1-time-on-the-half-hour" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813234" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813269" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813269" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/additional-aspectual-pairs" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conversational-clock-time-part-2-time-on-the-quarter-hour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/summary-of-imperfective-and-perfective-in-past-tense" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559438592/spell" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/coming-and-going-prichazet-a-odchazet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/process-vs-completed-act-key-words-part-2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/coming-and-going-prichazet-a-odchazet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813323" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559458065/spell" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1kSCjzvjjCGqgiQSa9m9-BdaGOpcI2pj4BWZiWWh11NU/edit" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/coming-and-going-prichazet-a-odchazet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813325" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/coming-and-going-prichazet-a-odchazet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/a-birds-eye-view-czech-idioms-8624996" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/a-birds-eye-view-czech-idioms-8624996" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/a-birds-eye-view-czech-idioms-8624996" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559458065/spell" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/time-for-completion" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/ordinal-numbers-1st-12th" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559458065/spell" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813321" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1VpRufnnH6ph1RvU9AhOol_VRbrU0b_DRIPZCi22fh5c/edit" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559444552/flashcards" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813319" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/264621570/learn" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559444552/flashcards" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559444552/flashcards" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1bMPl496Iy9rhv8oNvyNgwkT96-5e7EO1rdNc7_4juKU/edit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/516891737/learn" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/516891737/learn" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/duration-of-an-activity" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/516891737/learn" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813319" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813291" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/summary-of-imperfective-and-perfective-in-present-tense" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/match" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813357" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/process-vs-completed-act-key-words-part-1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/lfxYajOwOMw" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/lfxYajOwOMw" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813246" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813246" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/learn" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813356" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813356" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qejN1mzusso" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559441668/flashcards" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813286" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/having-a-bite-to-eat-having-a-drink" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1-n-XPPovbniYHdJSKcbbw4RcS7-0XPAQbdgcqeCy0Gk/edit" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/additional-notes-on-sequences-of-events-and-aspect" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/aspectual-pairs" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558460279/learn" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/introduction-to-aspect" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813351" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813281" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813281" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/perfective-verbs-in-the-present-tense" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813256" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813256" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/summary-of-types-of-verbs" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/516889750/learn" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813303" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813366" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/osobni-hygiena" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/activities-that-lack-a-natural-completion" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/-BQIRbRD8Ns" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/-BQIRbRD8Ns" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/bud-nebo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559455426/flashcards" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/verbs-indicating-states" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/bud-nebo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559455426/flashcards" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559455426/flashcards" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1w2pnuRDxlYRVdiS3K22P-r_yMTD2fHbEF0y_HhPadGQ/edit" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813366" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/hit-hay-8579265" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/hit-hay-8579265" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qejN1mzusso" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/hit-hay-8579265" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qejN1mzusso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qejN1mzusso" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813243" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813243" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813243" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559441967/spell" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/match" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813364" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/match" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/write" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813364" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/match" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/osobni-hygiena" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813293" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/379773124/write" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559468129/learn" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/match" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1m30McO70oVi4J6Dgyse3EQ_-05zbWH3MB5mwlfCmiBU/edit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1gfEM6L6avJGQCRc15utDiKpvrmjGayhWyMEPvUo9P50/edit" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/write" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/f6cQat5ZqBI" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/f6cQat5ZqBI" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/coming-and-going-part-2-perfective-forms/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813334" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448526/flashcards" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/what-you-can-do-what-you-need-to-do" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1KghadNW3QbkoHyK7ZizKtS3CfaYK5WlQWp2VetHGtbY/edit" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813349" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/pozde-late-vs-vcas-on-time" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/pozde-late-vs-vcas-on-time" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/imperfective-verbs-in-the-present-tense" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/pozde-late-vs-vcas-on-time" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813281" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813281" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1yCgxwgH2dk3bWA8O5qJZgN9FFgPIfSPiP_BMt4UFSuU/edit" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813281" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/379773124/match" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813279" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813279" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/379773124/learn" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/oO3ziwit_Pg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/oO3ziwit_Pg" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813340" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813342" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813342" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559449884/spell" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558460459/learn" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/brzobrzy-pozde-driv-pozdeji" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/24h967qg99I" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/ranni-ptace-nebo-sova" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/IJUuWUm6JLU" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/ranni-ptace-nebo-sova" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813277" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813277" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/IJUuWUm6JLU" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813224" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813224" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/indefinite-time-window" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813273" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/24h967qg99I" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813275" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/v-kolik-hodin-at-what-time" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/v-kolik-hodin-at-what-time" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813273" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/v-kolik-hodin-at-what-time" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813219" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/XRnabNRokC0" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/XRnabNRokC0" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813219" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qCOfJOVN620" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813219" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qCOfJOVN620" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558420752/learn" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/brzobrzy-pozde-driv-pozdeji" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813269" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813269" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559443427/flashcards" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813271" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813271" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/perfective-infinitives" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/using-the-curriculum" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kolik-je-hodin-telling-time" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kolik-je-hodin-telling-time" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/kolik-je-hodin-telling-time" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1JQbcSmRPpI3bIILq29zGUuqy5quUWj1wVtvQm-vWxG8/edit" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813217" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813217" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1OfahYY_vMWa9HsIAHZwtO6hDNQCS7FZFUEED2x30ltc/edit" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/cekat-to-wait" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/cekat-to-wait" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/cekat-to-wait" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813279" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/QQn-TXSoxvo" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813241" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813241" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/58_829jLq5U" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/produkty-osobni-hygiena" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/29Cmr7EwKOA" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813241" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/29Cmr7EwKOA" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/58_829jLq5U" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/learn" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/QQn-TXSoxvo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/learn" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/produkty-osobni-hygiena" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813317" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/9vGt_gPWp7w" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558463975/match" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/9vGt_gPWp7w" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/9vGt_gPWp7w" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813310" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813260" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/female-diary-journal-write-865110/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813260" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/match" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813260" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1-skGiYcIM6pPW_rYta1z7GXInq6OplyzqAcvzTKudC0/edit" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813260" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559447129/spell" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/activities-during-the-day" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/activities-during-the-day" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559447559/flashcards" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559447559/flashcards" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559447559/flashcards" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/learn" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813236" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/9vGt_gPWp7w" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813258" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559447129/spell" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813258" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexives-sise-osobni-hygiena" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559446789/flashcards" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexives-sise-osobni-hygiena" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/simultaneous-and-sequential-actions" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813258" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813308" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexives-sise-osobni-hygiena" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558463975/learn" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/reflexives-sise-osobni-hygiena" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conversational-clock-time-introduction" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conversational-clock-time-part-1-time-on-the-half-hour" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813234" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813269" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813269" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/additional-aspectual-pairs" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/conversational-clock-time-part-2-time-on-the-quarter-hour" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/summary-of-imperfective-and-perfective-in-past-tense" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559438592/spell" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/coming-and-going-prichazet-a-odchazet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/process-vs-completed-act-key-words-part-2" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/coming-and-going-prichazet-a-odchazet" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813323" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559458065/spell" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1kSCjzvjjCGqgiQSa9m9-BdaGOpcI2pj4BWZiWWh11NU/edit" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/coming-and-going-prichazet-a-odchazet" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813325" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/coming-and-going-prichazet-a-odchazet" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/a-birds-eye-view-czech-idioms-8624996" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/a-birds-eye-view-czech-idioms-8624996" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/a-birds-eye-view-czech-idioms-8624996" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559458065/spell" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/time-for-completion" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/ordinal-numbers-1st-12th" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559458065/spell" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813321" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1VpRufnnH6ph1RvU9AhOol_VRbrU0b_DRIPZCi22fh5c/edit" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559444552/flashcards" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813319" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/264621570/learn" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559444552/flashcards" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559444552/flashcards" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1bMPl496Iy9rhv8oNvyNgwkT96-5e7EO1rdNc7_4juKU/edit" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/516891737/learn" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/516891737/learn" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/duration-of-an-activity" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/516891737/learn" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813319" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813291" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/summary-of-imperfective-and-perfective-in-present-tense" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/match" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813357" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/process-vs-completed-act-key-words-part-1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/lfxYajOwOMw" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/lfxYajOwOMw" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813246" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813246" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/learn" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813356" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813356" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qejN1mzusso" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559441668/flashcards" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813286" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/having-a-bite-to-eat-having-a-drink" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1-n-XPPovbniYHdJSKcbbw4RcS7-0XPAQbdgcqeCy0Gk/edit" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/additional-notes-on-sequences-of-events-and-aspect" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/aspectual-pairs" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558460279/learn" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/introduction-to-aspect" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813351" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813281" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813281" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/perfective-verbs-in-the-present-tense" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813256" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813256" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/summary-of-types-of-verbs" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/516889750/learn" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813303" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813366" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/osobni-hygiena" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/activities-that-lack-a-natural-completion" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/-BQIRbRD8Ns" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/-BQIRbRD8Ns" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/bud-nebo" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559455426/flashcards" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/verbs-indicating-states" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/bud-nebo" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559455426/flashcards" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559455426/flashcards" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1w2pnuRDxlYRVdiS3K22P-r_yMTD2fHbEF0y_HhPadGQ/edit" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813366" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/hit-hay-8579265" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/hit-hay-8579265" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qejN1mzusso" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://english.radio.cz/hit-hay-8579265" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qejN1mzusso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/qejN1mzusso" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813243" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813243" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813243" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559441967/spell" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/match" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813364" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/match" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/write" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813364" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558406968/match" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/osobni-hygiena" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813293" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/379773124/write" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559468129/learn" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/match" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1m30McO70oVi4J6Dgyse3EQ_-05zbWH3MB5mwlfCmiBU/edit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1gfEM6L6avJGQCRc15utDiKpvrmjGayhWyMEPvUo9P50/edit" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/266597037/write" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/f6cQat5ZqBI" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448060/spell" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/f6cQat5ZqBI" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/coming-and-going-part-2-perfective-forms/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813334" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559448526/flashcards" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/what-you-can-do-what-you-need-to-do" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1KghadNW3QbkoHyK7ZizKtS3CfaYK5WlQWp2VetHGtbY/edit" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813349" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/pozde-late-vs-vcas-on-time" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/pozde-late-vs-vcas-on-time" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/imperfective-verbs-in-the-present-tense" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/pozde-late-vs-vcas-on-time" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813281" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813281" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1yCgxwgH2dk3bWA8O5qJZgN9FFgPIfSPiP_BMt4UFSuU/edit" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813281" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/paper-pencil-writing-stationery-312111/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/book-read-books-learn-text-icon-1157658/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/379773124/match" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813279" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813279" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/379773124/learn" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/oO3ziwit_Pg" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://realityczech.org/videos/oO3ziwit_Pg" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813340" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813342" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://utexas.instructure.com/courses/1404404/modules/items/13813342" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/clipboard-checklist-check-list-list-3590228/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/559449884/spell" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Quizlet_Logo.svg" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://quizlet.com/558460459/learn" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>