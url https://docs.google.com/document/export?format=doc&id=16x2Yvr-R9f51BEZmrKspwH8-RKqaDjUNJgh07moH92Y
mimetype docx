--- v0 (2025-10-21)
+++ v1 (2025-12-27)
@@ -1,29 +1,30 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_44m0fj2myjba" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
@@ -94,76 +95,81 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">1 (</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">jeden, jedna, jedno</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -188,57 +194,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dám si jednu kávu.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -265,57 +273,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tady je jenom jedno okno.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -342,57 +352,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Znám tady jednoho profesora.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -417,125 +429,130 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2-4</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">When you have </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, or </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> of something, follow it by the normal plural forms of the noun.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
@@ -543,57 +560,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tady jsou dva studenti.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -628,57 +647,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mám dva dobré kamarády.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -711,57 +732,59 @@
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">5+</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -786,57 +809,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mám pět dobrých knih.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -871,57 +896,59 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Tady je deset nových studentů.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -976,101 +1003,105 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">*NOTE*</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - As a final note, you may have noticed that the sentence above used the 3rd person singular form </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">je</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. Typically when numbers 5+ are the subject of the sentence, they will be used with a 3rd personal singular verb. We already saw this in the phrase </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kolik je hodin? </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">‘What time is it?’ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Je šest hodin</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> ‘It’s 6:00’. This rule applies not only to numbers 5+, but also any of the quantity expressions:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
@@ -1084,501 +1115,515 @@
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">málo</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">few, little</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">hodně</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">a lot, much, many</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">mnoho </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(bookish)</w:t>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">a lot, much, many</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">moc</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">a lot, much, many; too much</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">spousta</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">a bunch, a lot</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">víc</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">více </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(bookish)</w:t>
         <w:tab/>
         <w:t xml:space="preserve">more</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">míň</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">méně </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(bookish)</w:t>
         <w:tab/>
         <w:t xml:space="preserve">less</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">kolik</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">how much, how many</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">několik</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">a few, several</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">tolik</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">so much, so many</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">dost</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">enough</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:ind w:left="270" w:firstLine="0"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">trochu</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
         <w:tab/>
         <w:tab/>
         <w:t xml:space="preserve">a little</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
@@ -1640,249 +1685,259 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Quantity Word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Form of Noun</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Form of Verb</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">singular</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -1967,57 +2022,59 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">singular</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -2034,50 +2091,51 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Je </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jedna hodina.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
@@ -2102,50 +2160,51 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Je</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> tady jeden profesor.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -2154,102 +2213,106 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">2-4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">plural</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -2334,57 +2397,59 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">plural</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -2401,50 +2466,51 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Jsou </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tady dva profesoři.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
@@ -2477,59 +2543,61 @@
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Na stole </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">j</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">sou </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tři knihy.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
@@ -2538,174 +2606,182 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">5+</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">quantity words</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> like </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">hodně</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">mnoho</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">moc</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kolik</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">několik</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">, etc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
@@ -2714,50 +2790,51 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">genitive plural</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
@@ -2878,57 +2955,59 @@
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">*singular verb*</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -2945,50 +3024,51 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Je </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">tady pět studentů.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
@@ -3013,50 +3093,51 @@
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Je </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">šest hodin.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
@@ -3089,59 +3170,61 @@
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Na stole </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">j</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">e </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">několik knih.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
@@ -3183,50 +3266,51 @@
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:h="15840" w:w="12240" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1440" w:left="1440" w:right="1440" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -3249,148 +3333,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>