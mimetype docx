--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -1,77 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_fuhl33on45k2" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">10.1 - Review of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">jezdit </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">jet</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  ‘to go (by vehicle)’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -129,63 +132,65 @@
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_9d4kceyf1o2v" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">A reminder about the uses of </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">jezdit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> vs. </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">jet</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="259" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_gjdgxs" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -223,85 +228,87 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="c9daf8" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_w2fciar7l0no" w:id="3"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">indeterminate (</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jezdit</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="c9daf8" w:val="clear"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:pStyle w:val="Heading2"/>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_w2fciar7l0no" w:id="3"/>
             <w:bookmarkEnd w:id="3"/>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">determinate (</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jet</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="5080" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
@@ -311,278 +318,296 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="450" w:hanging="360"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">habitual acts of going - use the verb </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jezdit </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">when you are describing </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">frequent or habitual trips</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2847975" cy="787400"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image1.png"/>
+                  <wp:docPr id="3" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2847975" cy="787400"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Často </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jezdíme</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> na dovolenou do Alp</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">‘We often go on vacation to the Alps.’</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Když jsem byla mladší, </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jezdili jsme </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">každý rok do Chorvatska.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">‘When I was younger, we used to go every year to Croatia.’</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Až dokončím studium, </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">budu jezdit</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> každý rok někam do zahraničí na dovolenou.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Once I graduate, I will go somewhere abroad every year for vacation.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
@@ -596,433 +621,457 @@
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="1"/>
               </w:numPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="450" w:hanging="360"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">single trip - use the verb </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jet </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">when you are describing a </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">single trip from point A to point B</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:ind w:left="359.99999999999966" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="2098696" cy="418067"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="2" name="image3.png"/>
+                  <wp:docPr id="2" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2098696" cy="418067"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Dneska </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jedou </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Pavel a Sára na dovolenou.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Today Pavel and Sára are going on vacation</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Loni jsme </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">jeli </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">na dovolenou do Itálie</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Last year we went on vacation to Italy.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr>
                 <w:i w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Příští rok </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
-                <w:i w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pojedeme </w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">na dovolenou do Turecka.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">‘Next year we’ll go on vacation to Turkey.’</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">So what does this mean in practical terms with regard to talking about travel? Well, let’s look at the first row, where the difference is between </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">regular going</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> vs. a </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">single trip</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">. We’ll notice that one of our questions we answer is with </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">jezdit</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Obvykle jezdíte někam na prázdniny nebo dovolenou?</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> and that the answers to this question all use this form. </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">On the other hand, if a friend is asking you where you are going on vacation next week/month/whenever, then you would use the verb </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">jet</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> since it refers to a single trip.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -1209,50 +1258,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="▪"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6210" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1275,171 +1325,175 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="115.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="115.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1yaPhkNEfxYLcwdIwp99HcsdnLA0YtTD8Rs8Mri8AjXk/edit#heading=h.mrnelagrj2gx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/travel-car-vacation-vehicle-road-1426822/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1yaPhkNEfxYLcwdIwp99HcsdnLA0YtTD8Rs8Mri8AjXk/edit#heading=h.mrnelagrj2gx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/travel-car-vacation-vehicle-road-1426822/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>