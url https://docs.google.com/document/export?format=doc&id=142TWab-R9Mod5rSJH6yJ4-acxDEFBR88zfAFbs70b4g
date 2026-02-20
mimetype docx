--- v0 (2025-11-06)
+++ v1 (2026-02-20)
@@ -130,56 +130,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId6">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="990600"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="34" name="image32.png"/>
+                    <wp:docPr id="34" name="image23.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image32.png"/>
+                            <pic:cNvPr id="0" name="image23.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId7"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="990600"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -200,56 +200,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId8">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="1003300"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="33" name="image34.png"/>
+                    <wp:docPr id="33" name="image25.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image34.png"/>
+                            <pic:cNvPr id="0" name="image25.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId9"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="1003300"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -270,56 +270,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId10">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="626578" cy="1059005"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="4" name="image4.png"/>
+                    <wp:docPr id="4" name="image3.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image4.png"/>
+                            <pic:cNvPr id="0" name="image3.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId11"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="626578" cy="1059005"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -336,123 +336,129 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">svirati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">igrati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">trenirati</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -679,56 +685,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId15">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="785813" cy="1001634"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="50" name="image44.png"/>
+                    <wp:docPr id="50" name="image40.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image44.png"/>
+                            <pic:cNvPr id="0" name="image40.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId16"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="785813" cy="1001634"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -749,56 +755,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId17">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="919163" cy="932108"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="54" name="image51.png"/>
+                    <wp:docPr id="54" name="image56.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image51.png"/>
+                            <pic:cNvPr id="0" name="image56.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId18"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="919163" cy="932108"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -819,56 +825,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId19">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="785813" cy="835618"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="19" name="image12.png"/>
+                    <wp:docPr id="19" name="image11.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image12.png"/>
+                            <pic:cNvPr id="0" name="image11.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId20"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="785813" cy="835618"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -885,123 +891,129 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">gledati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">čitati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kuhati</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -1228,56 +1240,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId24">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1214438" cy="949314"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="55" name="image49.png"/>
+                    <wp:docPr id="55" name="image57.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image49.png"/>
+                            <pic:cNvPr id="0" name="image57.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId25"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1214438" cy="949314"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1298,56 +1310,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId26">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1190625" cy="1167946"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="57" name="image54.png"/>
+                    <wp:docPr id="57" name="image53.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image54.png"/>
+                            <pic:cNvPr id="0" name="image53.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId27"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1190625" cy="1167946"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1368,56 +1380,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId28">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="928688" cy="830587"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="40" name="image53.png"/>
+                    <wp:docPr id="40" name="image31.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image53.png"/>
+                            <pic:cNvPr id="0" name="image31.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId29"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="928688" cy="830587"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1434,123 +1446,129 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">spavati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">odmarati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">slušati</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -1777,56 +1795,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId33">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="914400"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="36" name="image41.png"/>
+                    <wp:docPr id="36" name="image37.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image41.png"/>
+                            <pic:cNvPr id="0" name="image37.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId34"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="914400"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1847,56 +1865,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId35">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="538163" cy="905781"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="52" name="image50.png"/>
+                    <wp:docPr id="52" name="image52.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image50.png"/>
+                            <pic:cNvPr id="0" name="image52.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId36"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="538163" cy="905781"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1917,56 +1935,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId37">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="488330" cy="945710"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="29" name="image25.png"/>
+                    <wp:docPr id="29" name="image27.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image25.png"/>
+                            <pic:cNvPr id="0" name="image27.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId38"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="488330" cy="945710"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1983,123 +2001,129 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">surfati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">šetati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">meditirati</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -2326,56 +2350,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId42">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="947738" cy="934389"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="20" name="image3.png"/>
+                    <wp:docPr id="20" name="image4.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image3.png"/>
+                            <pic:cNvPr id="0" name="image4.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId43"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="947738" cy="934389"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2397,56 +2421,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId44">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="900113" cy="906451"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="6" name="image5.png"/>
+                    <wp:docPr id="6" name="image17.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image5.png"/>
+                            <pic:cNvPr id="0" name="image17.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId45"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="900113" cy="906451"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2467,56 +2491,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId46">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="757238" cy="709244"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="27" name="image18.png"/>
+                    <wp:docPr id="27" name="image42.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image18.png"/>
+                            <pic:cNvPr id="0" name="image42.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId47"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="757238" cy="709244"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2533,123 +2557,129 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">crtati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">slikati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">pjevati</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -2876,56 +2906,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId51">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1076325" cy="1076325"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="5" name="image23.png"/>
+                    <wp:docPr id="5" name="image2.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image23.png"/>
+                            <pic:cNvPr id="0" name="image2.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId52"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1076325" cy="1076325"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2946,61 +2976,61 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId53">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1190625" cy="1019175"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="26" name="image20.png"/>
+                    <wp:docPr id="26" name="image21.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image20.png"/>
+                            <pic:cNvPr id="0" name="image21.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId54"/>
-                            <a:srcRect b="10902" l="6338" r="5633" t="14240"/>
+                            <a:srcRect b="10902" l="6338" r="5634" t="14240"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1190625" cy="1019175"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
@@ -3082,123 +3112,129 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">volontirati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">plivati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">fotografirati</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -3437,56 +3473,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId60">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="576263" cy="1045810"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="30" name="image35.png"/>
+                    <wp:docPr id="30" name="image34.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image35.png"/>
+                            <pic:cNvPr id="0" name="image34.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId61"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="576263" cy="1045810"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3507,56 +3543,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId62">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="766882" cy="826177"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="46" name="image43.png"/>
+                    <wp:docPr id="46" name="image46.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image43.png"/>
+                            <pic:cNvPr id="0" name="image46.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId63"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="766882" cy="826177"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3577,56 +3613,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId64">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="488070" cy="1027905"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="1" name="image8.png"/>
+                    <wp:docPr id="1" name="image10.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image8.png"/>
+                            <pic:cNvPr id="0" name="image10.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId65"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="488070" cy="1027905"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -3643,128 +3679,134 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">razgledavati</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">planirati</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">trčati</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
@@ -4030,61 +4072,61 @@
           <w:color w:val="0096fa"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">| </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Glazbeni instrumenti</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xq6g1gngah26" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr/>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="229159" cy="190500"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-            <wp:docPr id="7" name="image57.jpg"/>
+            <wp:docPr id="7" name="image55.jpg"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="image57.jpg"/>
+                    <pic:cNvPr id="0" name="image55.jpg"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId69"/>
-                    <a:srcRect b="19318" l="5608" r="15544" t="15122"/>
+                    <a:srcRect b="19319" l="5609" r="15545" t="15123"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="229159" cy="190500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2.2 Zadatak 1. Što radimo?</w:t>
       </w:r>
     </w:p>
@@ -4134,56 +4176,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId70">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="697389" cy="1183598"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="16" name="image2.png"/>
+                    <wp:docPr id="16" name="image5.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image2.png"/>
+                            <pic:cNvPr id="0" name="image5.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId71"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="697389" cy="1183598"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4204,56 +4246,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId72">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1168018" cy="1250273"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="32" name="image56.png"/>
+                    <wp:docPr id="32" name="image38.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image56.png"/>
+                            <pic:cNvPr id="0" name="image38.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId73"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1168018" cy="1250273"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4274,56 +4316,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId74">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="1104900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="21" name="image19.png"/>
+                    <wp:docPr id="21" name="image24.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image19.png"/>
+                            <pic:cNvPr id="0" name="image24.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId75"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="1104900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4575,56 +4617,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId79">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="609600"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="35" name="image52.png"/>
+                    <wp:docPr id="35" name="image54.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image52.png"/>
+                            <pic:cNvPr id="0" name="image54.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId80"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="609600"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4645,56 +4687,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId81">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="419100"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="12" name="image6.png"/>
+                    <wp:docPr id="12" name="image1.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image6.png"/>
+                            <pic:cNvPr id="0" name="image1.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId82"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="419100"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -4715,56 +4757,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId83">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="762000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="53" name="image48.png"/>
+                    <wp:docPr id="53" name="image49.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image48.png"/>
+                            <pic:cNvPr id="0" name="image49.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId84"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="762000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5016,56 +5058,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId88">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="1397000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="9" name="image9.png"/>
+                    <wp:docPr id="9" name="image12.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image9.png"/>
+                            <pic:cNvPr id="0" name="image12.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId89"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="1397000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5086,56 +5128,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId90">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="633413" cy="1353199"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="39" name="image38.png"/>
+                    <wp:docPr id="39" name="image41.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image38.png"/>
+                            <pic:cNvPr id="0" name="image41.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId91"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="633413" cy="1353199"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5156,56 +5198,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId92">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1157288" cy="872041"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="48" name="image40.png"/>
+                    <wp:docPr id="48" name="image45.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image40.png"/>
+                            <pic:cNvPr id="0" name="image45.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId93"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1157288" cy="872041"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -5453,56 +5495,56 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1418439" cy="1425750"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="38" name="image31.jpg"/>
+                  <wp:docPr id="38" name="image26.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image31.jpg"/>
+                          <pic:cNvPr id="0" name="image26.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId97"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1418439" cy="1425750"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -5518,56 +5560,56 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1417320" cy="1417320"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="44" name="image37.jpg"/>
+                  <wp:docPr id="44" name="image32.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image37.jpg"/>
+                          <pic:cNvPr id="0" name="image32.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId98"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1417320" cy="1417320"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -5583,56 +5625,56 @@
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="dotted"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000079">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="1417320" cy="1417320"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="49" name="image42.jpg"/>
+                  <wp:docPr id="49" name="image48.jpg"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image42.jpg"/>
+                          <pic:cNvPr id="0" name="image48.jpg"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId99"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1417320" cy="1417320"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -6079,56 +6121,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000088">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId105">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="831062" cy="953965"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="43" name="image36.png"/>
+                    <wp:docPr id="43" name="image35.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image36.png"/>
+                            <pic:cNvPr id="0" name="image35.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId106"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="831062" cy="953965"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6149,56 +6191,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000089">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId107">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="718741" cy="992065"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="13" name="image10.png"/>
+                    <wp:docPr id="13" name="image6.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image10.png"/>
+                            <pic:cNvPr id="0" name="image6.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId108"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="718741" cy="992065"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6450,56 +6492,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000090">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId112">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="671513" cy="1016727"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="22" name="image16.png"/>
+                    <wp:docPr id="22" name="image19.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image16.png"/>
+                            <pic:cNvPr id="0" name="image19.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId113"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="671513" cy="1016727"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6520,56 +6562,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000091">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId114">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="1066800"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="42" name="image28.png"/>
+                    <wp:docPr id="42" name="image36.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image28.png"/>
+                            <pic:cNvPr id="0" name="image36.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId115"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="1066800"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6590,56 +6632,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000092">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId116">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="852488" cy="918525"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="51" name="image46.png"/>
+                    <wp:docPr id="51" name="image51.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image46.png"/>
+                            <pic:cNvPr id="0" name="image51.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId117"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="852488" cy="918525"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6891,56 +6933,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId121">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="635000"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="24" name="image22.png"/>
+                    <wp:docPr id="24" name="image33.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image22.png"/>
+                            <pic:cNvPr id="0" name="image33.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId122"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="635000"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -6961,56 +7003,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009A">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId123">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="825500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="28" name="image26.png"/>
+                    <wp:docPr id="28" name="image16.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image26.png"/>
+                            <pic:cNvPr id="0" name="image16.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId124"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="825500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7031,56 +7073,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId125">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="901700"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="17" name="image1.png"/>
+                    <wp:docPr id="17" name="image15.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image1.png"/>
+                            <pic:cNvPr id="0" name="image15.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId126"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="901700"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7332,56 +7374,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A2">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId130">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="776288" cy="1208166"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="41" name="image29.png"/>
+                    <wp:docPr id="41" name="image43.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image29.png"/>
+                            <pic:cNvPr id="0" name="image43.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId131"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="776288" cy="1208166"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7402,56 +7444,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A3">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId132">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1352550" cy="1092200"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="18" name="image7.png"/>
+                    <wp:docPr id="18" name="image18.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image7.png"/>
+                            <pic:cNvPr id="0" name="image18.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId133"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1352550" cy="1092200"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7472,56 +7514,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A4">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId134">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="914400" cy="649995"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="47" name="image45.png"/>
+                    <wp:docPr id="47" name="image50.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image45.png"/>
+                            <pic:cNvPr id="0" name="image50.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId135"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="914400" cy="649995"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7869,56 +7911,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000AF">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId139">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1671638" cy="1244230"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="14" name="image21.png"/>
+                    <wp:docPr id="14" name="image13.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image21.png"/>
+                            <pic:cNvPr id="0" name="image13.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId140"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1671638" cy="1244230"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -7939,56 +7981,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId141">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="31" name="image33.png"/>
+                    <wp:docPr id="31" name="image29.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image33.png"/>
+                            <pic:cNvPr id="0" name="image29.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId142"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8009,56 +8051,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B1">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId143">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="3" name="image14.png"/>
+                    <wp:docPr id="3" name="image7.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image14.png"/>
+                            <pic:cNvPr id="0" name="image7.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId144"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8184,56 +8226,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B5">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId145">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="15" name="image11.png"/>
+                    <wp:docPr id="15" name="image8.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image11.png"/>
+                            <pic:cNvPr id="0" name="image8.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId146"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8254,61 +8296,61 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B6">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId147">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1237994"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="23" name="image24.png"/>
+                    <wp:docPr id="23" name="image22.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image24.png"/>
+                            <pic:cNvPr id="0" name="image22.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId148"/>
-                            <a:srcRect b="5181" l="0" r="0" t="5181"/>
+                            <a:srcRect b="5182" l="0" r="0" t="5182"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1237994"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
@@ -8324,56 +8366,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B7">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId149">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="11" name="image15.png"/>
+                    <wp:docPr id="11" name="image14.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image15.png"/>
+                            <pic:cNvPr id="0" name="image14.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId150"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8499,56 +8541,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BB">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId151">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1206500"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="25" name="image27.png"/>
+                    <wp:docPr id="25" name="image28.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image27.png"/>
+                            <pic:cNvPr id="0" name="image28.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId152"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1206500"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8569,56 +8611,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BC">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId153">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1168400"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="45" name="image39.png"/>
+                    <wp:docPr id="45" name="image44.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image39.png"/>
+                            <pic:cNvPr id="0" name="image44.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId154"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1168400"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8639,56 +8681,56 @@
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000BD">
             <w:pPr>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr/>
             </w:pPr>
             <w:hyperlink r:id="rId155">
               <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                 <w:rPr>
                   <w:color w:val="1155cc"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:drawing>
                   <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                     <wp:extent cx="1847850" cy="1231900"/>
                     <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                    <wp:docPr id="10" name="image13.png"/>
+                    <wp:docPr id="10" name="image9.png"/>
                     <a:graphic>
                       <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:pic>
                           <pic:nvPicPr>
-                            <pic:cNvPr id="0" name="image13.png"/>
+                            <pic:cNvPr id="0" name="image9.png"/>
                             <pic:cNvPicPr preferRelativeResize="0"/>
                           </pic:nvPicPr>
                           <pic:blipFill>
                             <a:blip r:embed="rId156"/>
                             <a:srcRect b="0" l="0" r="0" t="0"/>
                             <a:stretch>
                               <a:fillRect/>
                             </a:stretch>
                           </pic:blipFill>
                           <pic:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="1847850" cy="1231900"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect"/>
                             <a:ln/>
                           </pic:spPr>
                         </pic:pic>
                       </a:graphicData>
                     </a:graphic>
                   </wp:inline>
                 </w:drawing>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -8865,167 +8907,172 @@
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Arial"/>
   <w:font w:name="Helvetica Neue">
     <w:embedRegular w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId1" w:subsetted="0"/>
     <w:embedBold w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId2" w:subsetted="0"/>
     <w:embedItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId3" w:subsetted="0"/>
     <w:embedBoldItalic w:fontKey="{00000000-0000-0000-0000-000000000000}" r:id="rId4" w:subsetted="0"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C7">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="941832" cy="329641"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="2" name="image17.png"/>
+          <wp:docPr id="2" name="image20.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image17.png"/>
+                  <pic:cNvPr id="0" name="image20.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect b="0" l="0" r="0" t="0"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="941832" cy="329641"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr/>
       <w:drawing>
         <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
           <wp:extent cx="329184" cy="329184"/>
           <wp:effectExtent b="0" l="0" r="0" t="0"/>
-          <wp:docPr id="8" name="image55.png"/>
+          <wp:docPr id="8" name="image39.png"/>
           <a:graphic>
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic>
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="image55.png"/>
+                  <pic:cNvPr id="0" name="image39.png"/>
                   <pic:cNvPicPr preferRelativeResize="0"/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2"/>
                   <a:srcRect b="10737" l="10737" r="10737" t="10737"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="329184" cy="329184"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect"/>
                   <a:ln/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C4">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">2 |</w:t>
     </w:r>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:b w:val="1"/>
+        <w:bCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve"> Modul 2: Vokabular</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C5">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:i w:val="1"/>
+        <w:iCs w:val="1"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Slobodno vrijeme</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000C6">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
@@ -9076,148 +9123,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr/>
     </w:tblStylePr>
@@ -9248,59 +9299,59 @@
     <w:tblStylePr w:type="seCell">
       <w:tcPr/>
     </w:tblStylePr>
     <w:tblStylePr w:type="swCell">
       <w:tcPr/>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SETATI.mp3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/321385/doodling-hand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/MEDITIRATI.mp3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/312470/painter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/308217/singing-bird" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/volleyball-beach-volley-sport-155666/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/205569/basketball" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/NOGOMET.mp3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/CRTATI.mp3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SLIKATI.mp3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/soccer-stadium-playing-field-1428860/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/TAMBURICA.mp3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/GUSLE.mp3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/MANDOLINA.mp3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ODMARATI.mp3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SPAVATI.mp3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/321494/surfer-palm-trees-clipart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SLUSATI.mp3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/201733/walking-icon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/297037/woman-meditating" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SURFATI.mp3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/CITATI.mp3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/GLEDATI.mp3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/312578/crescent-moon-colour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/KUHATI.mp3" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/JUDO.mp3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/VATERPOLO.mp3" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/TENIS.mp3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/195074/man-in-hammock-partial-color" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/153055/tennis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/GOLF.mp3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/303338/woman-listening-to-music-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/bow-martial-arts-obeisance-judo-295101/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/water-polo-sport-ball-athlete-309815/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/VIOLONCELO.mp3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/KLAVIR.mp3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/HARMONIKA.mp3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/719/jumping-rope" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/IGRATI.mp3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SVIRATI.mp3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/8394/cello" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/181858/accordion" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/RUKOMET.mp3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/golfer-golf-swing-ball-recreation-310746/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/RAGBI.mp3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/280813/watching-tv" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/KOSARKA.mp3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/TRENIRATI.mp3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/3133/reading-man-with-glasses" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/298020/woman-cooking" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/man-runner-sport-football-rugby-40074/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/handball-sports-ball-team-sport-40768/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ODBOJKA.mp3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/292802/clarinet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/TRUBA.mp3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/FRULA.mp3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/366/piano" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/KLARINET.mp3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/8274/trumpet" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Francesca_Piccinini_Parma_-_Bergamo,_04122011.jpg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Argentine_-_Portugal_-_Cristiano_Ronaldo.jpg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Serena_Williams_(9634024222).jpg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Bojan_Bogdanovic_(34525049875).jpg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/317669/playing-keyboard-3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Alexander_Ovechkin_(50121732192).jpg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/2178/cards" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/65095/my-guitar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/182946/drums" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/GITARA.mp3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/VIOLINA.mp3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/3308/recorder-and-music" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/BUBNJEVI.mp3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/159037/violin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Simone_Biles_at_the_2016_Olympics_all-around_gold_medal_podium_(28262782114)_cropped.jpg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PLIVANJE.mp3" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/BEJZBOL.mp3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/315846/baseball-3" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/boxing-training-silhouette-4237010/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/BOKS.mp3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/swimming-swim-sports-speed-person-297148/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/checklist-task-to-do-list-plan-1295319/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/722/jogging-boy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/RAZGLEDAVATI.mp3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/TRCATI.mp3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PLANIRATI.mp3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/321647/tourist" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/284914/volunteer-cleanup-river" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PJEVATI.mp3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/swimming-swimmer-water-sport-pool-303771/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/318960/photographer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/VOLONTIRATI.mp3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/FOTOGRAFIRATI.mp3" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PLIVATI.mp3" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Tadej_Poga%C4%8Dar_winning_finish_(2021_Tour_of_Slovenia,_stage_2).jpg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/tiger-woods-golf-golfer-sports-79694/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1w-y4XexjmCUkattm-MaiW9XlRlf8UNvqTtHtx7ZC2N8/edit#heading=h.23du17ppwxyf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Nadia_Nadim_08-19-2017_(38703062004).jpg" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SETATI.mp3" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/321385/doodling-hand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/MEDITIRATI.mp3" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/312470/painter" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/308217/singing-bird" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/volleyball-beach-volley-sport-155666/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image35.png"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/205569/basketball" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image47.png"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/NOGOMET.mp3" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/CRTATI.mp3" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image42.png"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SLIKATI.mp3" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/soccer-stadium-playing-field-1428860/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/TAMBURICA.mp3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/GUSLE.mp3" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/MANDOLINA.mp3" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ODMARATI.mp3" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SPAVATI.mp3" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/321494/surfer-palm-trees-clipart" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SLUSATI.mp3" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/201733/walking-icon" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image37.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/297037/woman-meditating" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image52.png"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SURFATI.mp3" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image27.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/CITATI.mp3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/GLEDATI.mp3" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/312578/crescent-moon-colour" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/KUHATI.mp3" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/JUDO.mp3" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/VATERPOLO.mp3" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/TENIS.mp3" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/195074/man-in-hammock-partial-color" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/153055/tennis" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image57.png"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/GOLF.mp3" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/303338/woman-listening-to-music-1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image53.png"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/bow-martial-arts-obeisance-judo-295101/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image31.png"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/water-polo-sport-ball-athlete-309815/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image33.png"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/VIOLONCELO.mp3" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/KLAVIR.mp3" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image26.jpg"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/HARMONIKA.mp3" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image48.jpg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/719/jumping-rope" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image32.jpg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/IGRATI.mp3" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/SVIRATI.mp3" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image41.png"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/8394/cello" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image45.png"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/181858/accordion" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/RUKOMET.mp3" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image51.png"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/golfer-golf-swing-ball-recreation-310746/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image36.png"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/RAGBI.mp3" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/280813/watching-tv" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/KOSARKA.mp3" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/TRENIRATI.mp3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/3133/reading-man-with-glasses" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image40.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/298020/woman-cooking" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/man-runner-sport-football-rugby-40074/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image56.png"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/handball-sports-ball-team-sport-40768/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/ODBOJKA.mp3" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image49.png"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/292802/clarinet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/TRUBA.mp3" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/FRULA.mp3" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/366/piano" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/KLARINET.mp3" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image54.png"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/8274/trumpet" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Francesca_Piccinini_Parma_-_Bergamo,_04122011.jpg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image22.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image25.png"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Argentine_-_Portugal_-_Cristiano_Ronaldo.jpg" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image29.png"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Serena_Williams_(9634024222).jpg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Bojan_Bogdanovic_(34525049875).jpg" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/317669/playing-keyboard-3" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image23.png"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Alexander_Ovechkin_(50121732192).jpg" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/2178/cards" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image38.png"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/65095/my-guitar" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image24.png"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/182946/drums" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/GITARA.mp3" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/VIOLINA.mp3" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/3308/recorder-and-music" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/BUBNJEVI.mp3" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/159037/violin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Simone_Biles_at_the_2016_Olympics_all-around_gold_medal_podium_(28262782114)_cropped.jpg" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PLIVANJE.mp3" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/BEJZBOL.mp3" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/315846/baseball-3" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image43.png"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/boxing-training-silhouette-4237010/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/BOKS.mp3" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image50.png"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/swimming-swim-sports-speed-person-297148/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/checklist-task-to-do-list-plan-1295319/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image34.png"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/722/jogging-boy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image46.png"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/RAZGLEDAVATI.mp3" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/TRCATI.mp3" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PLANIRATI.mp3" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/321647/tourist" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.jpg"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/284914/volunteer-cleanup-river" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PJEVATI.mp3" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/vectors/swimming-swimmer-water-sport-pool-303771/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openclipart.org/detail/318960/photographer" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image21.png"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/VOLONTIRATI.mp3" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image30.png"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/FOTOGRAFIRATI.mp3" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image44.png"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://croatian.takolako.org/wp-content/uploads/PLIVATI.mp3" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Tadej_Poga%C4%8Dar_winning_finish_(2021_Tour_of_Slovenia,_stage_2).jpg" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image28.png"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/photos/tiger-woods-golf-golfer-sports-79694/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1w-y4XexjmCUkattm-MaiW9XlRlf8UNvqTtHtx7ZC2N8/edit#heading=h.23du17ppwxyf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://commons.wikimedia.org/wiki/File:Nadia_Nadim_08-19-2017_(38703062004).jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/HelveticaNeue-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image55.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image39.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>