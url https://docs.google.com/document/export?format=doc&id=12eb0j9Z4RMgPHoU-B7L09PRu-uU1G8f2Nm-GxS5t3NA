--- v0 (2025-10-10)
+++ v1 (2025-12-05)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml" PartName="/word/footnotes.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_ks69x0ivb89u" w:id="0"/>
@@ -83,50 +84,51 @@
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pStyle w:val="Subtitle"/>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_z4xd4w5cq9hu" w:id="1"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">‘to’</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -149,206 +151,219 @@
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you would normally use </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">v</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> + LOC to say ‘in, at’ a place, then use </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">do</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> + GEN</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> to say ‘to’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you would use </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> + LOC to say ‘on, at’ a place, then  use </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> + ACC</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">  to say ‘to’ (i.e. the difference between ‘on, at’ and ‘to’ with the preposition </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> stems from what case follows the preposition)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">If you are saying to a person’s place (house, apartment, business</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:footnoteReference w:customMarkFollows="0" w:id="0"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, etc.), then use </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">k</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> + DAT</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">; The preposition </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">k</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> means either ‘to (a person’s place) or in some situations it can mean ‘towards’ (typically when the object of the preposition is not a person)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
@@ -448,271 +463,296 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">‘from’ (</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">odkud</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">source</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">‘at’ (</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kde</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="b6d7a8" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">‘to’ (</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">kam</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">destination</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">v</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -841,63 +881,67 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">na</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> word</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -1026,55 +1070,57 @@
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="40" w:firstLine="0"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">person, certain types of locations</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
@@ -1194,238 +1240,256 @@
               </w:rPr>
               <w:t xml:space="preserve">jdu k Pavlovi</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Například:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Často chodíme </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">do hospody</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">‘We often go to the pub.’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jdeme </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">na koncert</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">‘We are going to a concert.’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Dneska večer jdeme </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">k Pavlovi</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:i w:val="1"/>
+          <w:iCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:firstLine="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">‘Tonight we’re going to Pavel’s</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">(house, place, etc.).’</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
@@ -1611,50 +1675,51 @@
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="■"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:u w:val="none"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -1677,148 +1742,152 @@
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="400" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="320" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
       <w:color w:val="434343"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="52"/>
       <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="320" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
       <w:color w:val="666666"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://docs.google.com/document/d/1yaPhkNEfxYLcwdIwp99HcsdnLA0YtTD8Rs8Mri8AjXk/edit#heading=h.7e7jl4f8qry" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pixabay.com/en/destination-goal-the-purpose-1285851/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>