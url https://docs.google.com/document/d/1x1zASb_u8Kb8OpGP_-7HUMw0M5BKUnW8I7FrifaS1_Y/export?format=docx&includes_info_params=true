--- v0 (2025-10-08)
+++ v1 (2025-12-02)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:tabs>
@@ -66,71 +67,73 @@
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="0" distT="0" distL="0" distR="0">
                   <wp:extent cx="1319213" cy="1231912"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="3" name="image4.png"/>
+                  <wp:docPr id="3" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image4.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="7200" l="0" r="6399" t="3999"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="1319213" cy="1231912"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -139,58 +142,60 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="right" w:leader="none" w:pos="6930"/>
               </w:tabs>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Philipp Munin</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
               <w:br w:type="textWrapping"/>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:color w:val="666666"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Distributed Systems Engineer / Full stack / Tech lead / Architect,</w:t>
@@ -214,50 +219,51 @@
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="120" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
@@ -357,56 +363,56 @@
                     <w:top w:w="0.0" w:type="dxa"/>
                     <w:left w:w="0.0" w:type="dxa"/>
                     <w:bottom w:w="0.0" w:type="dxa"/>
                     <w:right w:w="0.0" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="top"/>
                 </w:tcPr>
                 <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
                   <w:pPr>
                     <w:pageBreakBefore w:val="0"/>
                     <w:widowControl w:val="0"/>
                     <w:tabs>
                       <w:tab w:val="right" w:leader="none" w:pos="6930"/>
                       <w:tab w:val="left" w:leader="none" w:pos="7686"/>
                     </w:tabs>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:ind w:right="-45"/>
                     <w:rPr/>
                   </w:pPr>
                   <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr/>
                     <w:drawing>
                       <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                         <wp:extent cx="190500" cy="190500"/>
                         <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                        <wp:docPr id="1" name="image5.png"/>
+                        <wp:docPr id="1" name="image1.png"/>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic>
                               <pic:nvPicPr>
-                                <pic:cNvPr id="0" name="image5.png"/>
+                                <pic:cNvPr id="0" name="image1.png"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId7"/>
                                 <a:srcRect b="0" l="0" r="0" t="0"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="190500" cy="190500"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect"/>
                                 <a:ln/>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
                   <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
@@ -466,66 +472,68 @@
                     <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
                     <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
                     <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
                     <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:fill="auto" w:val="clear"/>
                   <w:tcMar>
                     <w:top w:w="0.0" w:type="dxa"/>
                     <w:left w:w="0.0" w:type="dxa"/>
                     <w:bottom w:w="0.0" w:type="dxa"/>
                     <w:right w:w="0.0" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="top"/>
                 </w:tcPr>
                 <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
                   <w:pPr>
                     <w:pageBreakBefore w:val="0"/>
                     <w:widowControl w:val="0"/>
                     <w:tabs>
                       <w:tab w:val="right" w:leader="none" w:pos="6930"/>
                       <w:tab w:val="left" w:leader="none" w:pos="7686"/>
                     </w:tabs>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:b w:val="1"/>
+                      <w:bCs w:val="1"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
                       <w:b w:val="1"/>
+                      <w:bCs w:val="1"/>
                     </w:rPr>
                     <w:drawing>
                       <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                         <wp:extent cx="190500" cy="190500"/>
                         <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                        <wp:docPr id="5" name="image3.png"/>
+                        <wp:docPr id="5" name="image4.png"/>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic>
                               <pic:nvPicPr>
-                                <pic:cNvPr id="0" name="image3.png"/>
+                                <pic:cNvPr id="0" name="image4.png"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId9"/>
                                 <a:srcRect b="0" l="0" r="0" t="0"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="190500" cy="190500"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect"/>
                                 <a:ln/>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
                   <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
@@ -540,51 +548,53 @@
                     <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
                     <w:left w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
                     <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
                     <w:right w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
                   </w:tcBorders>
                   <w:shd w:fill="auto" w:val="clear"/>
                   <w:tcMar>
                     <w:top w:w="0.0" w:type="dxa"/>
                     <w:left w:w="0.0" w:type="dxa"/>
                     <w:bottom w:w="0.0" w:type="dxa"/>
                     <w:right w:w="0.0" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="top"/>
                 </w:tcPr>
                 <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
                   <w:pPr>
                     <w:pageBreakBefore w:val="0"/>
                     <w:widowControl w:val="0"/>
                     <w:tabs>
                       <w:tab w:val="right" w:leader="none" w:pos="6930"/>
                       <w:tab w:val="left" w:leader="none" w:pos="7686"/>
                     </w:tabs>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr>
                       <w:b w:val="1"/>
+                      <w:bCs w:val="1"/>
                       <w:i w:val="1"/>
+                      <w:iCs w:val="1"/>
                     </w:rPr>
                   </w:pPr>
                   <w:hyperlink r:id="rId10">
                     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                       <w:rPr>
                         <w:color w:val="1155cc"/>
                         <w:u w:val="single"/>
                         <w:rtl w:val="0"/>
                       </w:rPr>
                       <w:t xml:space="preserve">linkedin.com/in/pmunin</w:t>
                     </w:r>
                   </w:hyperlink>
                   <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
                       <w:rtl w:val="0"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
               <w:trPr>
                 <w:cantSplit w:val="0"/>
                 <w:tblHeader w:val="0"/>
               </w:trPr>
@@ -600,56 +610,56 @@
                   <w:tcMar>
                     <w:top w:w="0.0" w:type="dxa"/>
                     <w:left w:w="0.0" w:type="dxa"/>
                     <w:bottom w:w="0.0" w:type="dxa"/>
                     <w:right w:w="0.0" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="top"/>
                 </w:tcPr>
                 <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
                   <w:pPr>
                     <w:pageBreakBefore w:val="0"/>
                     <w:widowControl w:val="0"/>
                     <w:tabs>
                       <w:tab w:val="right" w:leader="none" w:pos="6930"/>
                       <w:tab w:val="left" w:leader="none" w:pos="7686"/>
                     </w:tabs>
                     <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                     <w:rPr/>
                   </w:pPr>
                   <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr/>
                     <w:drawing>
                       <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                         <wp:extent cx="180975" cy="177800"/>
                         <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                        <wp:docPr id="2" name="image1.png"/>
+                        <wp:docPr id="2" name="image5.png"/>
                         <a:graphic>
                           <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                             <pic:pic>
                               <pic:nvPicPr>
-                                <pic:cNvPr id="0" name="image1.png"/>
+                                <pic:cNvPr id="0" name="image5.png"/>
                                 <pic:cNvPicPr preferRelativeResize="0"/>
                               </pic:nvPicPr>
                               <pic:blipFill>
                                 <a:blip r:embed="rId11"/>
                                 <a:srcRect b="0" l="0" r="0" t="0"/>
                                 <a:stretch>
                                   <a:fillRect/>
                                 </a:stretch>
                               </pic:blipFill>
                               <pic:spPr>
                                 <a:xfrm>
                                   <a:off x="0" y="0"/>
                                   <a:ext cx="180975" cy="177800"/>
                                 </a:xfrm>
                                 <a:prstGeom prst="rect"/>
                                 <a:ln/>
                               </pic:spPr>
                             </pic:pic>
                           </a:graphicData>
                         </a:graphic>
                       </wp:inline>
                     </w:drawing>
                   </w:r>
                   <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
@@ -812,93 +822,95 @@
                         <w:rtl w:val="0"/>
                       </w:rPr>
                       <w:t xml:space="preserve">pmunin.com</w:t>
                     </w:r>
                   </w:hyperlink>
                   <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
                     <w:rPr>
                       <w:rtl w:val="0"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:tabs>
                 <w:tab w:val="left" w:leader="none" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_royx9b15ef97" w:id="0"/>
       <w:bookmarkEnd w:id="0"/>
@@ -1149,135 +1161,140 @@
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="686"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">AI:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Github copilot, Claude, GPT models, Gemini, Grok, NotebookLM  </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="686"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">W</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">eb: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Javascript, Typescript, React, D3, Angular, NodeJs, Html5, Css3, Bootstrap, Material UI, Jquery, Webpack, Nginx...</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="686"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.NET : </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Asp.net core/mvc, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.Net core</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:smallCaps w:val="0"/>
@@ -1354,59 +1371,61 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="690"/>
           <w:tab w:val="left" w:leader="none" w:pos="1140"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Data</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Mysql, Postgres, Nosql, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Ms SQL/T-SQL, Clickhouse, SSRS, Google </w:t>
@@ -1455,260 +1474,270 @@
         </w:rPr>
         <w:t xml:space="preserve">Snowflake…</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="686"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">General : </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Algorithms &amp; data structures, design patterns, flux, REST, GraphQL, Multithreading, Microservices/Monolith …</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="686"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Infra/Cloud/Devops/Observability: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Kubernetes, Docker, AWS, Azure, Terraform, devContainers, Datadog, Grafana...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="690"/>
           <w:tab w:val="left" w:leader="none" w:pos="1140"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mobile : </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">React Native</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="690"/>
           <w:tab w:val="left" w:leader="none" w:pos="1140"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="20" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Methodologies &amp; tools: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Agile, Scrum, Team Foundation Server, Git, Jira, Ms Project, Project Server, Visual Studio, vscode, Buildkite, Teamcity, circle CI, GitHub actions</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="570"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="4"/>
           <w:szCs w:val="4"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_hhv68pqtrwxg" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Relevant experience</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="623"/>
           <w:tab w:val="right" w:leader="none" w:pos="9118"/>
           <w:tab w:val="right" w:leader="none" w:pos="9900"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_p6l53fdig4h2" w:id="3"/>
       <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Staff Engineer @ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Twilio/Segment, Growth Automation</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sept 2021</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- Today</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1877,145 +1906,149 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">System design, tech leadership, architecture review, incidents investigations, working with customers</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="570"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="97" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilized</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: AWS, Node.js, Typescript, React, GraphQL, Golang, Kubernetes, Docker,  Mysql, Postgres, BigQuery, Clickhouse, Kafka, Snowflake, Datadog, Sentry, Grafana Loki, Splunk, Buildkite, ArgoCD, Terraform, nginx, Sendgrid/Twilio API…</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="623"/>
           <w:tab w:val="right" w:leader="none" w:pos="9118"/>
           <w:tab w:val="right" w:leader="none" w:pos="9900"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_n1gyaij6mrwx" w:id="4"/>
       <w:bookmarkEnd w:id="4"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sr. Software Engineer </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">@ </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Millennium Management, Treasury, NY</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Aug 2018</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- Sept 2021</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2119,150 +2152,156 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Improving team processes of collaboration &amp; workflow, CI, documentation, ...</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="570"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="97" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilized</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: C# .Net Core, Sql server, Asp.Net Core, Javascript, Entity Framework Core,</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Github, Octopus, Teamcity, Jira, Hangfire, Roslyn Scripting…</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="623"/>
           <w:tab w:val="right" w:leader="none" w:pos="9118"/>
           <w:tab w:val="right" w:leader="none" w:pos="9900"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_pahx4cd34puv" w:id="5"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Founder </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">@ Retrolator</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jan 2017</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- Aug 2018</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -2320,201 +2359,209 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Hiring/Managing/Budgeting team of freelancers</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="570"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="97" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilized</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ReactJs, D3js, ES6, Typescript, Babel, Firebase, bootstrap, goldenlayout, lodash, webPack, mocha, jest, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">.NET core, algorithms (graph/optimization/scheduling), Ms Project, Jira, …</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="623"/>
           <w:tab w:val="right" w:leader="none" w:pos="9090"/>
           <w:tab w:val="right" w:leader="none" w:pos="10157"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="219" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_8udxppnno3zt" w:id="6"/>
       <w:bookmarkEnd w:id="6"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sr. So</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ftware Engineer</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, Project Lead</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> @ Fortress Investment</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Credit Assets,  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">NY</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Aug 2013</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">- Jun 2017</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -2738,180 +2785,189 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Managing offshore and onshore team of developers, testers and business analysts, conducting scrum meetings, code reviews, technical Interviewing candidates</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="570"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="97" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilized: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C# 7.0, ASP.NET MVC 5.0, Silverlight/XAML, XML, WCF, WPF, IIS7.5, VS2017, HTML, CSS, Javascript, Jquery, KnockoutJS, AngularJs, EF, Sharepoint, MsSQL, MySql, SSRS (Reporting), SSAS/OLAP, SSIS (ETL), Jira, SVN, TFS, TeamCity, Excel, ExcelDna, PowerQuery, PowerPivot, DevExpress, Telerik, Ms Project</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="623"/>
           <w:tab w:val="right" w:leader="none" w:pos="9118"/>
           <w:tab w:val="right" w:leader="none" w:pos="10157"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="219" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_5te5czqdeqw1" w:id="7"/>
       <w:bookmarkEnd w:id="7"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sr. Engineer</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> @ Microsoft</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, Office 365, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Redmond, WA</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jan 2012</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jun</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2013</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="570"/>
           <w:tab w:val="left" w:leader="none" w:pos="1125"/>
         </w:tabs>
         <w:spacing w:after="0" w:afterAutospacing="0" w:before="42" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:hanging="360"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -3057,50 +3113,51 @@
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="570"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="60" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="220000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilized</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:smallCaps w:val="0"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:smallCaps w:val="0"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
@@ -3171,134 +3228,140 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">TFS, Visual Studio Online </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="623"/>
           <w:tab w:val="right" w:leader="none" w:pos="9118"/>
           <w:tab w:val="right" w:leader="none" w:pos="10157"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_e9d0hwdszcgv" w:id="8"/>
       <w:bookmarkEnd w:id="8"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sr. Software Engineer</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Team Lead</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> @ Bell Canada</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, Toronto, ON, Canada</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Oct 2010</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Oct 2011</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
@@ -3635,173 +3698,180 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1125"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilized</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C# .NET 4.0, LINQ, WCF, Web Services, XML, ASP.NET MVC3, html, css, javascript, jquery, ajax, IIS 7.5, WebDeploy, Url Rewrite, TFS 2010 (workflow, build definitions, SDK), Sharepoint 2007,2010, MsSQL 2008, Ms. Enterprise Library 5, Distributed Cache (SSOS), Ms. Project, Win Server 2008, Hyper-V</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="623"/>
           <w:tab w:val="right" w:leader="none" w:pos="9118"/>
           <w:tab w:val="right" w:leader="none" w:pos="10157"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="128" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_83nl8ri9bgcp" w:id="9"/>
       <w:bookmarkEnd w:id="9"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sr. Software Engineer</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> @ Venuiti Solutions, Toronto, </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ON</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">, Canada</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Jul 2010</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Oct 2010</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
@@ -3954,155 +4024,161 @@
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> services</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1133"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="40" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilized</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C# .NET 4.0, Silverlight 4.0, WCF, RIA, ASP.NET, LINQ, ADO.NET Entity Framework 4, Ms SQL (T-SQL), Reporting Services, MEF, MVVM pattern, TFS 2010, Telerik</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="623"/>
           <w:tab w:val="right" w:leader="none" w:pos="9118"/>
           <w:tab w:val="right" w:leader="none" w:pos="10157"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_784boxz48dan" w:id="10"/>
       <w:bookmarkEnd w:id="10"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Sr. Developer</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> @ Aerogeology, Moscow, Russia</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Apr 2009</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Apr 2010</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
@@ -4384,58 +4460,60 @@
           <w:smallCaps w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">atabase, code refactoring (C#, T-SQL, VBA), developing report modules</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1133"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="40" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilized</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C# .NET 3.5, SilverLight 3, WPF, WCF, WebServices, XML, ASP.NET, MS SQL Server, ClickOnce, TFS (+sdk), DevExpress</w:t>
@@ -4460,126 +4538,132 @@
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_xoga30wm6jou" w:id="11"/>
       <w:bookmarkEnd w:id="11"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="623"/>
           <w:tab w:val="right" w:leader="none" w:pos="9118"/>
           <w:tab w:val="right" w:leader="none" w:pos="10157"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="97" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_1epyy9bq93o9" w:id="12"/>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">S</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">oftware</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> Developer, Project Manager</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> @ Synergetics Systems Ltd., Moscow, Russia</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Aug 2006</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="250000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Nov 2008</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:tabs>
@@ -5088,50 +5172,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">s, training colleges</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:leader="none" w:pos="1133"/>
         </w:tabs>
         <w:spacing w:after="0" w:before="40" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Utilized</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">:  </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:color w:val="999999"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">C# .NET 3.5, VS2008, Ms SQL Server 2005, Oracle 9, DevExpress, FlowCharts, TFS 2008, StarTeam, Project Server 2007, Sharepoint 2007, W2k3+AD+VPN, Windows Imaging API</w:t>
@@ -6952,50 +7037,51 @@
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="7"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
@@ -7024,173 +7110,180 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
       <w:color w:val="d6614a"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:tabs>
         <w:tab w:val="left" w:leader="none" w:pos="623"/>
         <w:tab w:val="right" w:leader="none" w:pos="9118"/>
         <w:tab w:val="right" w:leader="none" w:pos="9900"/>
       </w:tabs>
       <w:spacing w:after="0" w:before="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Cambria" w:cs="Cambria" w:eastAsia="Cambria" w:hAnsi="Cambria"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:smallCaps w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:before="240" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:smallCaps w:val="0"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="60" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
       <w:smallCaps w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/pmunin/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pmunin.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://app.segment.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pmunin.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:job@pmunin.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.linkedin.com/in/pmunin/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pmunin.com" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://app.segment.com" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pmunin.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:job@pmunin.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>