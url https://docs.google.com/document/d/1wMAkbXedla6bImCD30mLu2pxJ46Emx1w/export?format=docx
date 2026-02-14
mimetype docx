--- v0 (2025-12-09)
+++ v1 (2026-02-14)
@@ -1,116 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="52F4EBB2" w14:textId="28E98CC7" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="01289319" w14:textId="35D33546" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Title </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00E219FA">
+      <w:r w:rsidR="00B91205">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Sentence case</w:t>
+        <w:t>Capitalize Each Word</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>/(font size 14 pt))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1902F34B" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="0C9FE327" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="213C3FBE" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="6CDA0411" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Author(s)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -120,60 +122,60 @@
         <w:t>, and Corresponding Author(s)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2*</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 11 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F66180B" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="02DAEEA9" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AB5246E" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="2402899C" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
@@ -211,51 +213,51 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Department, Institution, Regency, Country </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>((if the department is different from the author))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02435FEA" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="1065F2B4" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r>
@@ -263,1620 +265,1627 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">-mail: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Corresponding Author Email)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DC34037" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="321CA361" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="76835E43" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="0FB49EBA" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Received:  xxx. Accepted: xxx. Published: xxx</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="28C430D8" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="1F39FAEC" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Abstract:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Insert abstract text here. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>((Abstracts should be 250 to 300 words in length excluding spaces. Please ensure your abstract is written so that it can be regarded as a single entity, such as in abstracting services. Background and research objective should be clearly described. Methods are briefly explained and the main finding(s) need to be stated. Novelty of approach and/or finding(S) is properly highlighted. Abstract is a summary of the conclusion. Significance of the finding and immediate perspective or future works are suggested.))</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="099295BB" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="0E5BEFCD" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5786D071" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="780B4A8F" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69F77104" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="64384DE7" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="000000"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Keywords: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>keyword 1; keyword 2; keyword 3; keyword 4; keyword 5</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B78ADB" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="5F117DCB" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...16 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId10"/>
+        <w:sectPr w:rsidR="00FE0F41">
+          <w:headerReference w:type="even" r:id="rId7"/>
+          <w:headerReference w:type="default" r:id="rId8"/>
+          <w:footerReference w:type="default" r:id="rId9"/>
+          <w:headerReference w:type="first" r:id="rId10"/>
+          <w:footerReference w:type="first" r:id="rId11"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="992" w:right="992" w:bottom="992" w:left="992" w:header="709" w:footer="709" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F5CF958" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="3D13BDA5" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Introduction </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 11 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CD681A7" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="395F482C" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="7C38D7F4" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="176082AC" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Main Text Paragraph.xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx [1]. xxxxxxxx xxxxxxxx xxxxxxx. xxxx xxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxx xxxxxxxxx </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BC1A83F" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="6C81CD49" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F60556C" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="4AAD4A54" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Research Methods </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 11 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DB9F695" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="75094610" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="1235B6FB" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FD1D3F0" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Main Text Paragraph [2]. xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxx xxxx xxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxx xxxxxxxxx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31B9709C" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="2FBC8F68" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Main Text Paragraph.xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxx xxxx xxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxx xxxxxxxxx </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3221D7B4" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="6FD64DF0" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Subsection headings may be added without numbering)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="575CF5B9" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="0B78E322" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="FF0000"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="244B922D" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37AE350B" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Results and Discussion </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 11 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02338545" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="3135A87C" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="0D8C4F08" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="728D6D71" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Main Text Paragraph [3]. xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxx xxxx xxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxx xxxxxxxxx </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC0AAC4" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="36AC846F" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C640F46" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="13615DE2" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>(Subsection headings may be added without numbering)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15AAC3C1" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="195B6C7D" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">((Insert Figure here. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> combine figure and caption in a textbox or frame.))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532475FD" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="635DB287" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0080573D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3451D004" wp14:editId="41A5F522">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5432DDBB" wp14:editId="3E71203B">
             <wp:extent cx="3086100" cy="1800225"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="12" name="image1.png"/>
+            <wp:docPr id="16" name="image1.png"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11"/>
+                    <a:blip r:embed="rId12"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3086100" cy="1800225"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38CF5190" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="1C96CAF3" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Figure 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Figure Caption.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0478D550" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="5FF480F3" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>((how to set the chart is to double-click the cart. Then follow the following path: Chart Design -&gt; Quick Layout -&gt; Layout 7))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9C02EE" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="4203DEB7" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E292606" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="2983F6A9" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Main Text Paragraph.xxxxxxxx xxxxxxxx xxxxxxxx xxxxxxx xxxxxxxxx xxxxxxxx xxxxxxxx xxxxxxx xxxx xxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxx xxxxxxxxx </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BA48B8C" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="469A859D" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="028A4BC3" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="3104B82B" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Table 1.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Table Caption. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>((</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Please do </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> include the table in a textbox or frame))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="a"/>
         <w:tblW w:w="4820" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1418"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0080573D" w14:paraId="6D42429A" w14:textId="77777777" w:rsidTr="0080573D">
+      <w:tr w:rsidR="00FE0F41" w14:paraId="39231585" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="50"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E891969" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="0080573D">
+          <w:p w14:paraId="1D1A2530" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Head 1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>[a]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3CA09302" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="00FB744E">
+          <w:p w14:paraId="0F115491" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Head 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7734979A" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="00FB744E">
+          <w:p w14:paraId="26E60602" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Head 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>[b]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37A8F405" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="00FB744E">
+          <w:p w14:paraId="61815191" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Head 4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="superscript"/>
               </w:rPr>
               <w:t>[c]</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080573D" w14:paraId="6D7E6B8C" w14:textId="77777777" w:rsidTr="0080573D">
+      <w:tr w:rsidR="00FE0F41" w14:paraId="0641143B" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2201F486" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="0080573D">
+          <w:p w14:paraId="11FD7419" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Column 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="400E85C8" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="00FB744E">
+          <w:p w14:paraId="435BA252" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Column 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="082F1FFA" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="00FB744E">
+          <w:p w14:paraId="2D6F0951" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Column 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12EA76E4" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="00FB744E">
+          <w:p w14:paraId="17C546FD" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Column 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0080573D" w14:paraId="01908759" w14:textId="77777777" w:rsidTr="0080573D">
+      <w:tr w:rsidR="00FE0F41" w14:paraId="2B5D0A9E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25F0D80A" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="0080573D">
+          <w:p w14:paraId="09B1D761" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Column 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="239CCCFA" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="00FB744E">
+          <w:p w14:paraId="06A063B5" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Column 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="51706863" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="00FB744E">
+          <w:p w14:paraId="521DC476" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Column 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1418" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="60618870" w14:textId="77777777" w:rsidR="0080573D" w:rsidRDefault="0080573D" w:rsidP="00FB744E">
+          <w:p w14:paraId="5B06B510" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
                 <w:between w:val="nil"/>
               </w:pBdr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Column 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5F5C30E2" w14:textId="3B894A20" w:rsidR="00FB744E" w:rsidRPr="0080573D" w:rsidRDefault="00FB744E" w:rsidP="0080573D">
+    <w:p w14:paraId="2B6D2724" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="FFFFFF"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">[a] Table Footnote. [b] … </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">((optional)) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B61207D" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="15835E75" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="30453773" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BCB61D4" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Conclusion </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 11 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A6CF9D6" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="7474EC1C" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="71B97662" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4492F62B" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1887,1761 +1896,1784 @@
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">xxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxxxx xxxxxxxx xxxxxxxxx </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72FF802A" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="54FA9D2C" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="4EE4C11F" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2D6C7AC0" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Author’s Contribution </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38D19176" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="35ADE274" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Author name1: xxxxxxx; Author name2: xxxxxxx; et. al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AC6357B" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="6AD559A6" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="00FE92D1" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="15DD2985" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Acknowledgements </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41531B51" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="608EA2AA" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Acknowledgements Text.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C4BBF88" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="5B033B4F" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="70FF7FD2" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="26072097" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">References </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 11 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14D79D11" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="7A7A00FE" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(the use of reference with an IEEE style </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="FF0000"/>
         </w:rPr>
         <w:t>(font size 10 pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2EB15FBB" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="3584FCB2" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="641"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[1]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">A. Poorebrahim </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E4987">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E4987">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, “Using Mindful Attention Awareness Scale on male prisoners: Confirmatory factor analysis and Rasch models,” </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E4987">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>PLoS One</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E4987">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, vol. 16, no. 7 July, Jul. 2021, doi: 10.1371/journal.pone.0254333.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65B25881" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="49DF0C35" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="641"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[2]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">D. Ardianto, B. Rubini, and I. D. Pursitasari, “Assessing STEM career interest among secondary students: A Rasch model measurement analysis,” </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Eurasia Journal of Mathematics, Science and Technology Education</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, vol. 19, no. 1, p. em2213, Jan. 2023, doi: 10.29333/ejmste/12796.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05FA4953" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="0CE43B67" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="641"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>[3]</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
-      </w:r>
-[...6 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">H. Z. Abdussamad and M. S. Sik, </w:t>
       </w:r>
-      <w:r w:rsidRPr="006E4987">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Metode Penelitian Kualitatif</w:t>
       </w:r>
-      <w:r w:rsidRPr="006E4987">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. CV. Syakir Media Press, 2021.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DDB9D50" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="2AC79258" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709" w:hanging="641"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D2EEDB1" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="45460F16" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C615ADF" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+    <w:p w14:paraId="2BBDA605" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="425" w:hanging="425"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DE7E000" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
-[...34 lines deleted...]
-    <w:sectPr w:rsidR="007C65C3" w:rsidSect="00FB744E">
+    <w:p w14:paraId="2596DE4B" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27DA99DF" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="084DC373" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A4FD88A" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00FE0F41">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="992" w:right="992" w:bottom="992" w:left="992" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:num="2" w:space="720" w:equalWidth="0">
         <w:col w:w="4818" w:space="284"/>
         <w:col w:w="4818" w:space="0"/>
       </w:cols>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4B6C3CF6" w14:textId="77777777" w:rsidR="00C541AA" w:rsidRDefault="00C541AA" w:rsidP="00FB744E">
+    <w:p w14:paraId="1A36CEFB" w14:textId="77777777" w:rsidR="00C65A00" w:rsidRDefault="00C65A00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3FBDEF23" w14:textId="77777777" w:rsidR="00C541AA" w:rsidRDefault="00C541AA" w:rsidP="00FB744E">
+    <w:p w14:paraId="30A1BC1F" w14:textId="77777777" w:rsidR="00C65A00" w:rsidRDefault="00C65A00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{48709A30-3C59-47B2-BD41-1B50185D6CCA}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{B875A97F-3FC7-4727-BF55-FBE2E7D8645A}"/>
+    <w:embedItalic r:id="rId3" w:fontKey="{99FEA958-66FB-4DFD-8895-880413DBF5C5}"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{3D95E817-4AF1-4233-857A-8817E21E9015}"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId5" w:fontKey="{E18A7966-BF4D-493E-8E51-E1A68ADFF731}"/>
+    <w:embedBold r:id="rId6" w:fontKey="{713EE767-A6C3-42BB-A24A-6CB51B38AB3B}"/>
+    <w:embedItalic r:id="rId7" w:fontKey="{8661E595-D4B1-408A-9F6D-0DFDDAFDCA5B}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="0E584E2D" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+  <w:p w14:paraId="56C18279" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:instrText>PAGE</w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00B91205">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:noProof/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="4BAB6BB8" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+  <w:p w14:paraId="7510B489" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="1" w:name="_heading=h.30j0zll" w:colFirst="0" w:colLast="0"/>
     <w:bookmarkEnd w:id="1"/>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>___________</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="0A504F5C" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+  <w:p w14:paraId="1CEAF1AB" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:b/>
+        <w:bCs/>
         <w:color w:val="000000"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>How to Cite:</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="460123E9" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+  <w:p w14:paraId="7C45F75F" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:b/>
+        <w:bCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Example:</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve"> K. D. A. Ningtryas, M. Muchlis, and I. P. P. Harahap, “Enhancing Student Outcomes in Acid-Base Titration Through Assessment for Learning”, </w:t>
     </w:r>
-    <w:r w:rsidRPr="0010175F">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
-        <w:bCs/>
-[...8 lines deleted...]
-        <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>J. Pijar.MIPA</w:t>
     </w:r>
-    <w:r w:rsidRPr="0010175F">
-[...28 lines deleted...]
-    </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> </w:t>
+      <w:t xml:space="preserve">, vol. 20, no. 2, pp. 223–228, Mar. 2025. </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+          <w:color w:val="0563C1"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>https://doi.org/10.29303/jpm.v20i2.7433</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Book Antiqua"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="34CB70EB" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+  <w:p w14:paraId="232FF7F1" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="547EBAA6" wp14:editId="1CCB586F">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="25EACE91" wp14:editId="3C03699E">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>673100</wp:posOffset>
+                <wp:posOffset>668338</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>9258300</wp:posOffset>
+                <wp:posOffset>9253538</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2091055" cy="426085"/>
+              <wp:extent cx="2100580" cy="435610"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="11" name="Rectangle 11"/>
+              <wp:docPr id="14" name="Rectangle 14"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="4319523" y="3586008"/>
                         <a:ext cx="2052955" cy="387985"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="140121C2" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                        <w:p w14:paraId="73AB5E54" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                           <w:pPr>
                             <w:spacing w:line="275" w:lineRule="auto"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="C00000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Publisher </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="0A78BAB7" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                        <w:p w14:paraId="104EB8CA" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                           <w:pPr>
                             <w:spacing w:line="275" w:lineRule="auto"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="C00000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>UPT Mataram University Press</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="549FAA8A" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                        <w:p w14:paraId="3713C76B" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
                           <w:pPr>
                             <w:spacing w:line="275" w:lineRule="auto"/>
                             <w:jc w:val="center"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="547EBAA6" id="Rectangle 11" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:53pt;margin-top:729pt;width:164.65pt;height:33.55pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBL7FFQ0QEAAIUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rYSmTDclAkcFEg&#10;aA2k+QCKoiwCFMkuaUv++y4pNXbbW1AdKC53NJzZXW0fxl6RswAnja5otkgpEZqbRupjRV9/7D+V&#10;lDjPdMOU0aKiF+How+7jh+1gNyI3nVGNAIIk2m0GW9HOe7tJEsc70TO3MFZoTLYGeuYxhGPSABuQ&#10;vVdJnqZ3yWCgsWC4cA5Pn6Yk3UX+thXcf29bJzxRFUVtPq4Q1zqsyW7LNkdgtpN8lsHeoaJnUuOl&#10;b1RPzDNyAvkPVS85GGdav+CmT0zbSi6iB3STpX+5eemYFdELFsfZtzK5/0fLv51f7AGwDIN1G4fb&#10;4GJsoQ9v1EfGiq6W2brIl5RcKrosyrs0LafCidETjoA8LfJ1UVDCA6K8X5dFACRXJgvOfxGmJ2FT&#10;UcDGxHqx87PzE/Q3JFzsjJLNXioVAzjWjwrImWET9/GZ2f+AKR3A2oTPJsZwklx9hZ0f63E2W5vm&#10;cgDiLN9LFPXMnD8wwO5nlAw4ERV1P08MBCXqq8aSr7NVjhZ9DFbFfYrzBLeZ+jbDNO8MDhr3QMkU&#10;PPo4eJPKzydvWhmtB12TmFku9joWb57LMEy3cURd/57dLwAAAP//AwBQSwMEFAAGAAgAAAAhAPKa&#10;/eHeAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPxB2uRuCDqNG2qEuJUCKnnijTc&#10;3XhJIuK1FbtJ4PUsJ7jN7IxmZ4rDYgcx4Rh6RwrWqwQEUuNMT62C+nx83IMIUZPRgyNU8IUBDuXt&#10;TaFz42Z6w6mKreAQCrlW0MXocylD06HVYeU8EmsfbrQ6Mh1baUY9c7gdZJokO2l1T/yh0x5fO2w+&#10;q6tV8F3NUp8efJ3696dY++MUTm5S6v5ueXkGEXGJf2b4rc/VoeROF3clE8TAPNnxlshgm+0ZsWW7&#10;yTYgLnzK0mwNsizk/xXlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBL7FFQ0QEAAIUD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDymv3h3gAA&#10;AA0BAAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" stroked="f">
+            <v:rect w14:anchorId="25EACE91" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:52.65pt;margin-top:728.65pt;width:165.4pt;height:34.3pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBL7FFQ0QEAAIUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rYSmTDclAkcFEg&#10;aA2k+QCKoiwCFMkuaUv++y4pNXbbW1AdKC53NJzZXW0fxl6RswAnja5otkgpEZqbRupjRV9/7D+V&#10;lDjPdMOU0aKiF+How+7jh+1gNyI3nVGNAIIk2m0GW9HOe7tJEsc70TO3MFZoTLYGeuYxhGPSABuQ&#10;vVdJnqZ3yWCgsWC4cA5Pn6Yk3UX+thXcf29bJzxRFUVtPq4Q1zqsyW7LNkdgtpN8lsHeoaJnUuOl&#10;b1RPzDNyAvkPVS85GGdav+CmT0zbSi6iB3STpX+5eemYFdELFsfZtzK5/0fLv51f7AGwDIN1G4fb&#10;4GJsoQ9v1EfGiq6W2brIl5RcKrosyrs0LafCidETjoA8LfJ1UVDCA6K8X5dFACRXJgvOfxGmJ2FT&#10;UcDGxHqx87PzE/Q3JFzsjJLNXioVAzjWjwrImWET9/GZ2f+AKR3A2oTPJsZwklx9hZ0f63E2W5vm&#10;cgDiLN9LFPXMnD8wwO5nlAw4ERV1P08MBCXqq8aSr7NVjhZ9DFbFfYrzBLeZ+jbDNO8MDhr3QMkU&#10;PPo4eJPKzydvWhmtB12TmFku9joWb57LMEy3cURd/57dLwAAAP//AwBQSwMEFAAGAAgAAAAhAMUx&#10;RADeAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj09Pg0AQxe8mfofNmHgxdikt1SJLY0x6bkS8&#10;T9kRiOyfsFtAP73jSW/vzby8+U1xWMwgJhpD76yC9SoBQbZxuretgvrteP8IIkS0GgdnScEXBTiU&#10;11cF5trN9pWmKraCS2zIUUEXo8+lDE1HBsPKebK8+3Cjwch2bKUeceZyM8g0SXbSYG/5QoeeXjpq&#10;PquLUfBdzRJPd75O/fs+1v44hZOblLq9WZ6fQERa4l8YfvEZHUpmOruL1UEM7JNsw1EW2+yBFUe2&#10;m90axJlHWZrtQZaF/P9F+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQB&#10;AAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBL7FFQ0QEAAIUD&#10;AAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDFMUQA3gAA&#10;AA0BAAAPAAAAAAAAAAAAAAAAACsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAANgUA&#10;AAAA&#10;" stroked="f">
               <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                 <w:txbxContent>
-                  <w:p w14:paraId="140121C2" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                  <w:p w14:paraId="73AB5E54" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                     <w:pPr>
                       <w:spacing w:line="275" w:lineRule="auto"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="C00000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Publisher </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="0A78BAB7" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                  <w:p w14:paraId="104EB8CA" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                     <w:pPr>
                       <w:spacing w:line="275" w:lineRule="auto"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="C00000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>UPT Mataram University Press</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="549FAA8A" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                  <w:p w14:paraId="3713C76B" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
                     <w:pPr>
                       <w:spacing w:line="275" w:lineRule="auto"/>
                       <w:jc w:val="center"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="400C63E7" wp14:editId="36617CFF">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="69F79D2D" wp14:editId="5B55ABD3">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>673100</wp:posOffset>
+                <wp:posOffset>668338</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>9258300</wp:posOffset>
+                <wp:posOffset>9253538</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2091055" cy="426085"/>
+              <wp:extent cx="2100580" cy="435610"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="10" name="Rectangle 10"/>
+              <wp:docPr id="13" name="Rectangle 13"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="4319523" y="3586008"/>
                         <a:ext cx="2052955" cy="387985"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="17293410" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                        <w:p w14:paraId="0F11D763" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                           <w:pPr>
                             <w:spacing w:line="275" w:lineRule="auto"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="C00000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Publisher </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="22BF1950" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                        <w:p w14:paraId="3A80B659" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                           <w:pPr>
                             <w:spacing w:line="275" w:lineRule="auto"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="C00000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>UPT Mataram University Press</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="183AE131" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                        <w:p w14:paraId="76E055D0" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
                           <w:pPr>
                             <w:spacing w:line="275" w:lineRule="auto"/>
                             <w:jc w:val="center"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="400C63E7" id="Rectangle 10" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:53pt;margin-top:729pt;width:164.65pt;height:33.55pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAwTUB1AEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X/yRuHWsONXUKtOk&#10;aovU9QdgjGMkDOxCYuff74KzJtveqvkBc+H4cO7hePMwDYqcBDhpdE2zRUqJ0Ny0Uh9q+vpj96mk&#10;xHmmW6aMFjU9C0cfth8/bEZbidz0RrUCCJJoV422pr33tkoSx3sxMLcwVmjc7AwMzGMJh6QFNiL7&#10;oJI8Te+S0UBrwXDhHK4+zZt0G/m7TnD/veuc8ETVFLX5OEIcmzAm2w2rDsBsL/lFBnuHioFJjYe+&#10;UT0xz8gR5D9Ug+RgnOn8gpshMV0nuYg9YDdZ+lc3Lz2zIvaC5jj7ZpP7f7T82+nF7gFtGK2rHE5D&#10;F1MHQ3ijPjLVdLXM1kW+pORc02VR3qVpORsnJk84AvK0yNdFQQkPiPJ+XRYBkFyZLDj/RZiBhElN&#10;AS8m+sVOz87P0N+QcLAzSrY7qVQs4NA8KiAnhpe4i8+F/Q+Y0gGsTfhsZgwrybWvMPNTMxHZYlQD&#10;RVhpTHveA3GW7yRqe2bO7xlgCDJKRgxGTd3PIwNBifqq0fl1tsqxUx+LVXGfYqzgdqe53WGa9wbz&#10;xj1QMhePPuZvFvv56E0nowNXMRfVeOXRw0s8Q6Zu64i6/kTbXwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;APKa/eHeAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPxB2uRuCDqNG2qEuJUCKnn&#10;ijTc3XhJIuK1FbtJ4PUsJ7jN7IxmZ4rDYgcx4Rh6RwrWqwQEUuNMT62C+nx83IMIUZPRgyNU8IUB&#10;DuXtTaFz42Z6w6mKreAQCrlW0MXocylD06HVYeU8EmsfbrQ6Mh1baUY9c7gdZJokO2l1T/yh0x5f&#10;O2w+q6tV8F3NUp8efJ3696dY++MUTm5S6v5ueXkGEXGJf2b4rc/VoeROF3clE8TAPNnxlshgm+0Z&#10;sWW7yTYgLnzK0mwNsizk/xXlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDAwTUB1AEA&#10;AIwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDymv3h&#10;3gAAAA0BAAAPAAAAAAAAAAAAAAAAAC4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" stroked="f">
+            <v:rect w14:anchorId="69F79D2D" id="Rectangle 13" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:52.65pt;margin-top:728.65pt;width:165.4pt;height:34.3pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDAwTUB1AEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X/yRuHWsONXUKtOk&#10;aovU9QdgjGMkDOxCYuff74KzJtveqvkBc+H4cO7hePMwDYqcBDhpdE2zRUqJ0Ny0Uh9q+vpj96mk&#10;xHmmW6aMFjU9C0cfth8/bEZbidz0RrUCCJJoV422pr33tkoSx3sxMLcwVmjc7AwMzGMJh6QFNiL7&#10;oJI8Te+S0UBrwXDhHK4+zZt0G/m7TnD/veuc8ETVFLX5OEIcmzAm2w2rDsBsL/lFBnuHioFJjYe+&#10;UT0xz8gR5D9Ug+RgnOn8gpshMV0nuYg9YDdZ+lc3Lz2zIvaC5jj7ZpP7f7T82+nF7gFtGK2rHE5D&#10;F1MHQ3ijPjLVdLXM1kW+pORc02VR3qVpORsnJk84AvK0yNdFQQkPiPJ+XRYBkFyZLDj/RZiBhElN&#10;AS8m+sVOz87P0N+QcLAzSrY7qVQs4NA8KiAnhpe4i8+F/Q+Y0gGsTfhsZgwrybWvMPNTMxHZYlQD&#10;RVhpTHveA3GW7yRqe2bO7xlgCDJKRgxGTd3PIwNBifqq0fl1tsqxUx+LVXGfYqzgdqe53WGa9wbz&#10;xj1QMhePPuZvFvv56E0nowNXMRfVeOXRw0s8Q6Zu64i6/kTbXwAAAP//AwBQSwMEFAAGAAgAAAAh&#10;AMUxRADeAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj09Pg0AQxe8mfofNmHgxdikt1SJLY0x6&#10;bkS8T9kRiOyfsFtAP73jSW/vzby8+U1xWMwgJhpD76yC9SoBQbZxuretgvrteP8IIkS0GgdnScEX&#10;BTiU11cF5trN9pWmKraCS2zIUUEXo8+lDE1HBsPKebK8+3Cjwch2bKUeceZyM8g0SXbSYG/5Qoee&#10;XjpqPquLUfBdzRJPd75O/fs+1v44hZOblLq9WZ6fQERa4l8YfvEZHUpmOruL1UEM7JNsw1EW2+yB&#10;FUe2m90axJlHWZrtQZaF/P9F+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDAwTUB1AEA&#10;AIwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDFMUQA&#10;3gAAAA0BAAAPAAAAAAAAAAAAAAAAAC4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" stroked="f">
               <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                 <w:txbxContent>
-                  <w:p w14:paraId="17293410" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                  <w:p w14:paraId="0F11D763" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                     <w:pPr>
                       <w:spacing w:line="275" w:lineRule="auto"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="C00000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Publisher </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="22BF1950" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                  <w:p w14:paraId="3A80B659" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                     <w:pPr>
                       <w:spacing w:line="275" w:lineRule="auto"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="C00000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>UPT Mataram University Press</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="183AE131" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                  <w:p w14:paraId="76E055D0" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
                     <w:pPr>
                       <w:spacing w:line="275" w:lineRule="auto"/>
                       <w:jc w:val="center"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="55050193" wp14:editId="3C1A546C">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" hidden="0" allowOverlap="1" wp14:anchorId="00ADADC0" wp14:editId="21EF480A">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>673100</wp:posOffset>
+                <wp:posOffset>668338</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>9258300</wp:posOffset>
+                <wp:posOffset>9253538</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="2091055" cy="426085"/>
+              <wp:extent cx="2100580" cy="435610"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
-              <wp:docPr id="9" name="Rectangle 9"/>
+              <wp:docPr id="15" name="Rectangle 15"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="4319523" y="3586008"/>
                         <a:ext cx="2052955" cy="387985"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="474529E1" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                        <w:p w14:paraId="648A9A44" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                           <w:pPr>
                             <w:spacing w:line="275" w:lineRule="auto"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="C00000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Publisher </w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="4364821E" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                        <w:p w14:paraId="344D1725" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                           <w:pPr>
                             <w:spacing w:line="275" w:lineRule="auto"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:b/>
                               <w:color w:val="C00000"/>
                               <w:sz w:val="20"/>
                             </w:rPr>
                             <w:t>UPT Mataram University Press</w:t>
                           </w:r>
                         </w:p>
-                        <w:p w14:paraId="01E08987" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                        <w:p w14:paraId="0C7DA443" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
                           <w:pPr>
                             <w:spacing w:line="275" w:lineRule="auto"/>
                             <w:jc w:val="center"/>
                             <w:textDirection w:val="btLr"/>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr spcFirstLastPara="1" wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700" anchor="ctr" anchorCtr="0">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:rect w14:anchorId="55050193" id="Rectangle 9" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:53pt;margin-top:729pt;width:164.65pt;height:33.55pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZecBK1AEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rYSmTBclAkcFEg&#10;aA2k+QCKoiwCFMkuaUv++y4pN3bbW1AdVlzuaDg7XG0epkGRkwAnja5ptkgpEZqbVupDTV9/7D6V&#10;lDjPdMuU0aKmZ+How/bjh81oK5Gb3qhWAEES7arR1rT33lZJ4ngvBuYWxgqNxc7AwDymcEhaYCOy&#10;DyrJ0/QuGQ20FgwXzuHu01yk28jfdYL7713nhCeqpqjNxwgxNiEm2w2rDsBsL/lFBnuHioFJjYe+&#10;UT0xz8gR5D9Ug+RgnOn8gpshMV0nuYg9YDdZ+lc3Lz2zIvaC5jj7ZpP7f7T82+nF7gFtGK2rHC5D&#10;F1MHQ3ijPjLVdLXM1kW+pORc02VR3qVpORsnJk84AvK0yNdFQQkPiPJ+XRYBkFyZLDj/RZiBhEVN&#10;AS8m+sVOz87P0N+QcLAzSrY7qVRM4NA8KiAnhpe4i8+F/Q+Y0gGsTfhsZgw7ybWvsPJTMxHZouRA&#10;EXYa0573QJzlO4nanpnzewY4BBklIw5GTd3PIwNBifqq0fl1tsqxUx+TVXGf4ljBbaW5rTDNe4Pz&#10;xj1QMiePPs7fLPbz0ZtORgeuYi6q8cqjh5fxDDN1m0fU9Sfa/gIAAP//AwBQSwMEFAAGAAgAAAAh&#10;APKa/eHeAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMT0FOwzAQvCPxB2uRuCDqNG2qEuJUCKnn&#10;ijTc3XhJIuK1FbtJ4PUsJ7jN7IxmZ4rDYgcx4Rh6RwrWqwQEUuNMT62C+nx83IMIUZPRgyNU8IUB&#10;DuXtTaFz42Z6w6mKreAQCrlW0MXocylD06HVYeU8EmsfbrQ6Mh1baUY9c7gdZJokO2l1T/yh0x5f&#10;O2w+q6tV8F3NUp8efJ3696dY++MUTm5S6v5ueXkGEXGJf2b4rc/VoeROF3clE8TAPNnxlshgm+0Z&#10;sWW7yTYgLnzK0mwNsizk/xXlDwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAZecBK1AEA&#10;AIwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDymv3h&#10;3gAAAA0BAAAPAAAAAAAAAAAAAAAAAC4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" stroked="f">
+            <v:rect w14:anchorId="00ADADC0" id="Rectangle 15" o:spid="_x0000_s1028" style="position:absolute;left:0;text-align:left;margin-left:52.65pt;margin-top:728.65pt;width:165.4pt;height:34.3pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAZecBK1AEAAIwDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC813rYSmTBclAkcFEg&#10;aA2k+QCKoiwCFMkuaUv++y4pN3bbW1AdVlzuaDg7XG0epkGRkwAnja5ptkgpEZqbVupDTV9/7D6V&#10;lDjPdMuU0aKmZ+How/bjh81oK5Gb3qhWAEES7arR1rT33lZJ4ngvBuYWxgqNxc7AwDymcEhaYCOy&#10;DyrJ0/QuGQ20FgwXzuHu01yk28jfdYL7713nhCeqpqjNxwgxNiEm2w2rDsBsL/lFBnuHioFJjYe+&#10;UT0xz8gR5D9Ug+RgnOn8gpshMV0nuYg9YDdZ+lc3Lz2zIvaC5jj7ZpP7f7T82+nF7gFtGK2rHC5D&#10;F1MHQ3ijPjLVdLXM1kW+pORc02VR3qVpORsnJk84AvK0yNdFQQkPiPJ+XRYBkFyZLDj/RZiBhEVN&#10;AS8m+sVOz87P0N+QcLAzSrY7qVRM4NA8KiAnhpe4i8+F/Q+Y0gGsTfhsZgw7ybWvsPJTMxHZouRA&#10;EXYa0573QJzlO4nanpnzewY4BBklIw5GTd3PIwNBifqq0fl1tsqxUx+TVXGf4ljBbaW5rTDNe4Pz&#10;xj1QMiePPs7fLPbz0ZtORgeuYi6q8cqjh5fxDDN1m0fU9Sfa/gIAAP//AwBQSwMEFAAGAAgAAAAh&#10;AMUxRADeAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj09Pg0AQxe8mfofNmHgxdikt1SJLY0x6&#10;bkS8T9kRiOyfsFtAP73jSW/vzby8+U1xWMwgJhpD76yC9SoBQbZxuretgvrteP8IIkS0GgdnScEX&#10;BTiU11cF5trN9pWmKraCS2zIUUEXo8+lDE1HBsPKebK8+3Cjwch2bKUeceZyM8g0SXbSYG/5Qoee&#10;XjpqPquLUfBdzRJPd75O/fs+1v44hZOblLq9WZ6fQERa4l8YfvEZHUpmOruL1UEM7JNsw1EW2+yB&#10;FUe2m90axJlHWZrtQZaF/P9F+QMAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAZecBK1AEA&#10;AIwDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDFMUQA&#10;3gAAAA0BAAAPAAAAAAAAAAAAAAAAAC4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;OQUAAAAA&#10;" stroked="f">
               <v:textbox inset="2.53958mm,1.2694mm,2.53958mm,1.2694mm">
                 <w:txbxContent>
-                  <w:p w14:paraId="474529E1" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                  <w:p w14:paraId="648A9A44" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                     <w:pPr>
                       <w:spacing w:line="275" w:lineRule="auto"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="C00000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Publisher </w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="4364821E" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                  <w:p w14:paraId="344D1725" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
                     <w:pPr>
                       <w:spacing w:line="275" w:lineRule="auto"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:b/>
                         <w:color w:val="C00000"/>
                         <w:sz w:val="20"/>
                       </w:rPr>
                       <w:t>UPT Mataram University Press</w:t>
                     </w:r>
                   </w:p>
-                  <w:p w14:paraId="01E08987" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+                  <w:p w14:paraId="0C7DA443" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
                     <w:pPr>
                       <w:spacing w:line="275" w:lineRule="auto"/>
                       <w:jc w:val="center"/>
                       <w:textDirection w:val="btLr"/>
                     </w:pPr>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="464B70A7" w14:textId="77777777" w:rsidR="00C541AA" w:rsidRDefault="00C541AA" w:rsidP="00FB744E">
+    <w:p w14:paraId="74D5D0BB" w14:textId="77777777" w:rsidR="00C65A00" w:rsidRDefault="00C65A00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0BC2893F" w14:textId="77777777" w:rsidR="00C541AA" w:rsidRDefault="00C541AA" w:rsidP="00FB744E">
+    <w:p w14:paraId="54AFA115" w14:textId="77777777" w:rsidR="00C65A00" w:rsidRDefault="00C65A00">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="16B9DE5D" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E">
+  <w:p w14:paraId="2D735359" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1708AA7B" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
   <w:tbl>
     <w:tblPr>
+      <w:tblStyle w:val="a0"/>
       <w:tblW w:w="10065" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="4859"/>
       <w:gridCol w:w="5206"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00FB744E" w14:paraId="62F58FFD" w14:textId="77777777">
+    <w:tr w:rsidR="00FE0F41" w14:paraId="0A095205" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4859" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="1C77ADBF" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+        <w:p w14:paraId="4280DD57" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pBdr>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:left="30"/>
             <w:jc w:val="both"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:b/>
+              <w:bCs/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Jurnal Pijar MIPA</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5206" w:type="dxa"/>
           <w:vAlign w:val="center"/>
         </w:tcPr>
-        <w:p w14:paraId="36512B44" w14:textId="3B01E35B" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+        <w:p w14:paraId="64B83655" w14:textId="41C9F3E5" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pBdr>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:ind w:hanging="2"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">Volume xxx No. </w:t>
+            <w:t>Volume xxx No. xxx (202</w:t>
           </w:r>
-          <w:r w:rsidR="000F3657">
+          <w:r w:rsidR="00B91205">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>x</w:t>
+            <w:t>6</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>xx (2025): xxx-xxx</w:t>
+            <w:t>): xxx-xxx</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="01A1D746" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+  <w:p w14:paraId="229C35F4" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0BD913C5" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="0"/>
+      <w:rPr>
+        <w:color w:val="000000"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
   <w:tbl>
     <w:tblPr>
+      <w:tblStyle w:val="a1"/>
       <w:tblW w:w="10207" w:type="dxa"/>
       <w:tblInd w:w="-142" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:insideH w:val="nil"/>
         <w:insideV w:val="nil"/>
       </w:tblBorders>
       <w:tblLayout w:type="fixed"/>
       <w:tblLook w:val="0400" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="5387"/>
       <w:gridCol w:w="4820"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00FB744E" w14:paraId="4CA952DE" w14:textId="77777777">
+    <w:tr w:rsidR="00FE0F41" w14:paraId="542B2718" w14:textId="77777777">
       <w:trPr>
         <w:trHeight w:val="136"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="7C46ABCD" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+        <w:p w14:paraId="21D82A9C" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
           </w:pPr>
           <w:bookmarkStart w:id="0" w:name="_heading=h.gjdgxs" w:colFirst="0" w:colLast="0"/>
           <w:bookmarkEnd w:id="0"/>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="17365D"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
             </w:rPr>
-            <w:t>Jurnal Pijar MIPA</w:t>
+            <w:t xml:space="preserve">Jurnal </w:t>
+          </w:r>
+          <w:r>
+            <w:rPr>
+              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:color w:val="17365D"/>
+              <w:sz w:val="28"/>
+              <w:szCs w:val="28"/>
+            </w:rPr>
+            <w:t>Pijar MIPA</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="3E39DB92" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+        <w:p w14:paraId="7CE7656E" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>ISSN 1907-1744 (Print)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
-    <w:tr w:rsidR="00FB744E" w14:paraId="136C0D54" w14:textId="77777777">
+    <w:tr w:rsidR="00FE0F41" w14:paraId="395360C7" w14:textId="77777777">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="5387" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="16DCFEE5" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+        <w:p w14:paraId="1687A08F" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>https://jurnalfkip.unram.ac.id/index.php/JPM</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4820" w:type="dxa"/>
           <w:vAlign w:val="bottom"/>
         </w:tcPr>
-        <w:p w14:paraId="372B4E6A" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+        <w:p w14:paraId="6C274372" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00000000">
           <w:pPr>
             <w:pBdr>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
               <w:between w:val="nil"/>
             </w:pBdr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
             <w:t>ISSN 2460-1500 (Online)</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="33481AAB" w14:textId="77777777" w:rsidR="00FB744E" w:rsidRDefault="00FB744E" w:rsidP="00FB744E">
+  <w:p w14:paraId="4EB48F94" w14:textId="77777777" w:rsidR="00FE0F41" w:rsidRDefault="00FE0F41">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00FB744E"/>
-[...8 lines deleted...]
-    <w:rsid w:val="00FB744E"/>
+    <w:rsidRoot w:val="00FE0F41"/>
+    <w:rsid w:val="00771D2D"/>
+    <w:rsid w:val="00B91205"/>
+    <w:rsid w:val="00C65A00"/>
+    <w:rsid w:val="00FE0F41"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-ID"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1CA6E5A9"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{7D16AF12-BF02-4180-850D-13F39B160B2E}"/>
+  <w14:docId w14:val="29609D7A"/>
+  <w15:docId w15:val="{DD996B9D-3A3C-481A-B8F3-41F0C3726FCA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="en-ID" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:lang w:val="id" w:eastAsia="en-ID" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3982,313 +4014,296 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB744E"/>
-[...8 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:kern w:val="2"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
-      <w:lang w:val="en-ID"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:kern w:val="2"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
-      <w:lang w:val="en-ID"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
-[...1 lines deleted...]
-      <w:kern w:val="2"/>
+      <w:color w:val="2F5496"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
-      <w:lang w:val="en-ID"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
-[...3 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:color w:val="2F5496"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...2 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
+      <w:color w:val="595959"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:kern w:val="2"/>
       <w:lang w:val="en-ID"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
       <w:lang w:val="en-ID"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0" w:line="259" w:lineRule="auto"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
       <w:kern w:val="2"/>
       <w:lang w:val="en-ID"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal0">
+    <w:name w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblCellMar>
+        <w:top w:w="100" w:type="dxa"/>
+        <w:left w:w="100" w:type="dxa"/>
+        <w:bottom w:w="100" w:type="dxa"/>
+        <w:right w:w="100" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
@@ -4365,214 +4380,164 @@
     <w:name w:val="Heading 8 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
     <w:name w:val="Heading 9 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-[...20 lines deleted...]
-  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
-    </w:rPr>
-[...23 lines deleted...]
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:spacing w:before="160" w:after="160" w:line="259" w:lineRule="auto"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
       <w:kern w:val="2"/>
       <w:lang w:val="en-ID"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:lang w:val="en-ID"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseEmphasis">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
         <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360" w:line="259" w:lineRule="auto"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
       <w:kern w:val="2"/>
       <w:lang w:val="en-ID"/>
-      <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
       <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
@@ -4593,65 +4558,114 @@
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00FB744E"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FB744E"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:kern w:val="0"/>
       <w:lang w:val="id-ID"/>
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="595959"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a0">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="a1">
+    <w:basedOn w:val="TableNormal"/>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblCellMar>
+        <w:left w:w="115" w:type="dxa"/>
+        <w:right w:w="115" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font7.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font6.odttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font5.odttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font4.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.29303/jpm.v20i2.7433" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
@@ -4909,82 +4923,82 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhHnrcHKsfVQUh2RpZom+OoKlI9DQ==">CgMxLjAyCGguZ2pkZ3hzMgloLjMwajB6bGw4AHIhMXdNQWtiWGVkbGE2YkltQ0QzMG1MdTJweEo0NkVteDF3</go:docsCustomData>
+</go:gDocsCustomXmlDataStorage>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>548</Words>
-  <Characters>3124</Characters>
+  <Characters>3130</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3665</CharactersWithSpaces>
+  <CharactersWithSpaces>3671</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-  <dc:subject/>
   <dc:creator>Riska Dia Sapitri Irawan</dc:creator>
-  <cp:keywords/>
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>7f67469b-e45a-4f5e-b02b-9b74dc55f2cf</vt:lpwstr>
   </property>
 </Properties>
 </file>