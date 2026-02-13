--- v0 (2025-10-17)
+++ v1 (2026-02-13)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
@@ -160,187 +161,192 @@
             <w:shd w:fill="00adbb" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Rubric - Board Output Project</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="00adbb" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="528638" cy="528638"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr descr="logo-teal.png" id="1" name="image2.png"/>
+                  <wp:docPr descr="logo-teal.png" id="1" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="logo-teal.png" id="0" name="image2.png"/>
+                          <pic:cNvPr descr="logo-teal.png" id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="528638" cy="528638"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Board Output Rubric</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -405,128 +411,134 @@
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Criteria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Yes/No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="1360" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
@@ -1327,118 +1339,121 @@
             <w:shd w:fill="00adbb" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Practices Reflection</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             </w:tcBorders>
             <w:shd w:fill="00adbb" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2520" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="528638" cy="528638"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr descr="logo-teal.png" id="2" name="image1.png"/>
+                  <wp:docPr descr="logo-teal.png" id="2" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="logo-teal.png" id="0" name="image1.png"/>
+                          <pic:cNvPr descr="logo-teal.png" id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="528638" cy="528638"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1509,1285 +1524,1337 @@
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Practice</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Things to Celebrate</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Things to Work On</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Problem Solving</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Persistence</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Creativity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Collaboration</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="efefef" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Communication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr/>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2943,261 +3010,268 @@
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:spacing w:line="240" w:lineRule="auto"/>
       <w:rPr>
         <w:color w:val="5d6770"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:color w:val="5d6770"/>
         <w:rtl w:val="0"/>
       </w:rPr>
       <w:t xml:space="preserve">Name(s)________________________________________ Period ______ Date ________________</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5d6770"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:line="264" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="600" w:line="324.00000000000006" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7865a1"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="160" w:lineRule="auto"/>
       <w:ind w:left="720" w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="ffffff"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:shd w:fill="666666" w:val="clear"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="42"/>
       <w:szCs w:val="42"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>