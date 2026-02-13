--- v1 (2026-02-13)
+++ v2 (2026-02-13)
@@ -226,56 +226,56 @@
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="528638" cy="528638"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr descr="logo-teal.png" id="1" name="image1.png"/>
+                  <wp:docPr descr="logo-teal.png" id="1" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="logo-teal.png" id="0" name="image1.png"/>
+                          <pic:cNvPr descr="logo-teal.png" id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="528638" cy="528638"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1404,56 +1404,56 @@
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:line="240" w:lineRule="auto"/>
               <w:ind w:left="2520" w:firstLine="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="528638" cy="528638"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr descr="logo-teal.png" id="2" name="image2.png"/>
+                  <wp:docPr descr="logo-teal.png" id="2" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="logo-teal.png" id="0" name="image2.png"/>
+                          <pic:cNvPr descr="logo-teal.png" id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="528638" cy="528638"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3227,51 +3227,51 @@
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table4">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>