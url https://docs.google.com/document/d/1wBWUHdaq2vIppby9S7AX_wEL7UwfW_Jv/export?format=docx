--- v0 (2025-11-10)
+++ v1 (2026-02-16)
@@ -11,60 +11,62 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="450" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">PROTOCOL FOR OPERATIONAL QUALIFICATION</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -1800,148 +1802,155 @@
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">OPERATIONAL QUALIFICATION</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1440" w:firstLine="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
       <w:pPr>
         <w:keepNext w:val="1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:u w:val="single"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">FORM: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="10322.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="-108.0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
@@ -2457,164 +2466,172 @@
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="449" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000096">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">S.No.</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000097">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">PARAMETER</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000099">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">OPERATIONAL RANGE</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000009B">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">OBSERVATIONS</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="233" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
           </w:tcPr>
@@ -4827,336 +4844,353 @@
         </w:tblGrid>
       </w:tblGridChange>
     </w:tblGrid>
     <w:tr>
       <w:trPr>
         <w:cantSplit w:val="1"/>
         <w:trHeight w:val="825" w:hRule="atLeast"/>
         <w:tblHeader w:val="0"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcBorders>
             <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             <w:right w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           </w:tcBorders>
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000121">
           <w:pPr>
             <w:keepNext w:val="1"/>
             <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">ABC LTD</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000122">
           <w:pPr>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcBorders>
             <w:top w:color="000000" w:space="0" w:sz="6" w:val="single"/>
             <w:bottom w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
           </w:tcBorders>
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000123">
           <w:pPr>
             <w:keepNext w:val="1"/>
             <w:tabs>
               <w:tab w:val="left" w:leader="none" w:pos="1593"/>
             </w:tabs>
             <w:spacing w:after="0" w:before="120" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Document No. </w:t>
             <w:tab/>
             <w:t xml:space="preserve">:  </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000124">
           <w:pPr>
             <w:keepNext w:val="1"/>
             <w:tabs>
               <w:tab w:val="left" w:leader="none" w:pos="1593"/>
             </w:tabs>
             <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Revision No. </w:t>
             <w:tab/>
             <w:t xml:space="preserve">:   </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000125">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:leader="none" w:pos="1593"/>
             </w:tabs>
             <w:spacing w:after="0" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Effective Date</w:t>
             <w:tab/>
             <w:t xml:space="preserve">:   </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000126">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:leader="none" w:pos="1593"/>
             </w:tabs>
             <w:spacing w:after="0" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">Review Date     :  </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000127">
           <w:pPr>
             <w:tabs>
               <w:tab w:val="left" w:leader="none" w:pos="1593"/>
             </w:tabs>
             <w:spacing w:after="120" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">                Page  </w:t>
             <w:tab/>
             <w:t xml:space="preserve">:    </w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr>
       <w:trPr>
         <w:cantSplit w:val="1"/>
         <w:tblHeader w:val="0"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:gridSpan w:val="2"/>
           <w:tcBorders>
             <w:top w:color="000000" w:space="0" w:sz="0" w:val="nil"/>
             <w:bottom w:color="000000" w:space="0" w:sz="6" w:val="single"/>
           </w:tcBorders>
           <w:shd w:fill="e6e6e6" w:val="clear"/>
           <w:vAlign w:val="top"/>
         </w:tcPr>
         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000128">
           <w:pPr>
             <w:spacing w:after="0" w:before="120" w:lineRule="auto"/>
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="0"/>
+              <w:bCs w:val="0"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:vertAlign w:val="baseline"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
               <w:b w:val="1"/>
+              <w:bCs w:val="1"/>
               <w:sz w:val="28"/>
               <w:szCs w:val="28"/>
               <w:vertAlign w:val="baseline"/>
               <w:rtl w:val="0"/>
             </w:rPr>
             <w:t xml:space="preserve">SUBJECT:  OPERATION QUALIFICATION REPORT</w:t>
           </w:r>
           <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
             <w:rPr>
               <w:rtl w:val="0"/>
             </w:rPr>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000012A">
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="1"/>
       <w:pBdr>
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:tabs>
         <w:tab w:val="center" w:leader="none" w:pos="4513"/>
         <w:tab w:val="right" w:leader="none" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="200" w:before="0" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:cs="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
         <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
         <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:color w:val="000000"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:u w:val="none"/>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:vertAlign w:val="baseline"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:abstractNum w:abstractNumId="1">
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5288,146 +5322,153 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine w:val="0"/>
     <w:hidden w:val="0"/>
     <w:qFormat w:val="0"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="1"/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:leftChars="-1" w:rightChars="0" w:firstLineChars="-1"/>
       <w:textDirection w:val="btLr"/>
       <w:textAlignment w:val="top"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
@@ -5590,50 +5631,51 @@
     <w:rPr>
       <w:w w:val="100"/>
       <w:position w:val="-1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:effect w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:cs w:val="0"/>
       <w:em w:val="none"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>
         <w:left w:w="108.0" w:type="dxa"/>
         <w:bottom w:w="0.0" w:type="dxa"/>
         <w:right w:w="108.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="0.0" w:type="dxa"/>