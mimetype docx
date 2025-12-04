--- v0 (2025-10-11)
+++ v1 (2025-12-04)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/x-font-ttf" Extension="ttf"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr>
@@ -83,149 +84,152 @@
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="570" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Activity Guide - Representing Numbers</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="00adbc" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="0.0" w:type="dxa"/>
               <w:left w:w="0.0" w:type="dxa"/>
               <w:bottom w:w="0.0" w:type="dxa"/>
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="500063"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="22" name="image1.png"/>
+                  <wp:docPr id="22" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="500063"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -8461,56 +8465,56 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:drawing>
                 <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2362200</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>38100</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="723900" cy="485775"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="0" distR="0"/>
-                  <wp:docPr descr="Image result for ant" id="21" name="image3.png"/>
+                  <wp:docPr descr="Image result for ant" id="21" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="Image result for ant" id="0" name="image3.png"/>
+                          <pic:cNvPr descr="Image result for ant" id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect b="17105" l="0" r="0" t="15789"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="723900" cy="485775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
@@ -12290,50 +12294,51 @@
         <w:top w:space="0" w:sz="0" w:val="nil"/>
         <w:left w:space="0" w:sz="0" w:val="nil"/>
         <w:bottom w:space="0" w:sz="0" w:val="nil"/>
         <w:right w:space="0" w:sz="0" w:val="nil"/>
         <w:between w:space="0" w:sz="0" w:val="nil"/>
       </w:pBdr>
       <w:shd w:fill="auto" w:val="clear"/>
       <w:jc w:val="left"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5d6770"/>
         <w:lang w:val="en"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:line="252.00000000000003" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -12342,85 +12347,88 @@
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:before="460" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="38"/>
       <w:szCs w:val="38"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:widowControl w:val="0"/>
       <w:spacing w:before="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="7665a0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Ubuntu" w:cs="Ubuntu" w:eastAsia="Ubuntu" w:hAnsi="Ubuntu"/>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:color w:val="ffa400"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
@@ -12430,84 +12438,86 @@
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="160" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="0" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:sz w:val="42"/>
       <w:szCs w:val="42"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="200" w:before="0" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
@@ -12634,51 +12644,51 @@
   <w:style w:type="table" w:styleId="Table21">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table22">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table23">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/GloriaHallelujah-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/PermanentMarker-regular.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>