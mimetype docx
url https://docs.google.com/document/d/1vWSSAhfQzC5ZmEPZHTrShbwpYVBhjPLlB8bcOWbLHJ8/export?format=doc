--- v1 (2025-12-04)
+++ v2 (2026-02-22)
@@ -180,56 +180,56 @@
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="500063"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="22" name="image3.png"/>
+                  <wp:docPr id="22" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="500063"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -3072,56 +3072,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="392621" cy="392621"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="4" name="image9.png"/>
+                            <wp:docPr id="4" name="image8.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image9.png"/>
+                                    <pic:cNvPr id="0" name="image8.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="392621" cy="392621"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -8465,56 +8465,56 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:drawing>
                 <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2362200</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>38100</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="723900" cy="485775"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="0" distR="0"/>
-                  <wp:docPr descr="Image result for ant" id="21" name="image1.png"/>
+                  <wp:docPr descr="Image result for ant" id="21" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="Image result for ant" id="0" name="image1.png"/>
+                          <pic:cNvPr descr="Image result for ant" id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect b="17105" l="0" r="0" t="15789"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="723900" cy="485775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
@@ -10819,56 +10819,56 @@
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">__________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5753100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>266700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="588877" cy="595313"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr descr="Image result for dog jump" id="25" name="image8.png"/>
+            <wp:docPr descr="Image result for dog jump" id="25" name="image9.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Image result for dog jump" id="0" name="image8.png"/>
+                    <pic:cNvPr descr="Image result for dog jump" id="0" name="image9.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="588877" cy="595313"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
@@ -12644,51 +12644,51 @@
   <w:style w:type="table" w:styleId="Table21">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table22">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table23">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/GloriaHallelujah-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/PermanentMarker-regular.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>