--- v2 (2026-02-22)
+++ v3 (2026-02-25)
@@ -180,56 +180,56 @@
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="500063"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="22" name="image1.png"/>
+                  <wp:docPr id="22" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image1.png"/>
+                          <pic:cNvPr id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="500063"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -1293,56 +1293,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="342900" cy="342900"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="8" name="image13.png"/>
+                            <wp:docPr id="8" name="image12.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image13.png"/>
+                                    <pic:cNvPr id="0" name="image12.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="342900" cy="342900"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -1462,56 +1462,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="366713" cy="366713"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="7" name="image12.png"/>
+                            <wp:docPr id="7" name="image11.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image12.png"/>
+                                    <pic:cNvPr id="0" name="image11.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="366713" cy="366713"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -3363,56 +3363,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="416433" cy="409716"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="9" name="image14.png"/>
+                            <wp:docPr id="9" name="image13.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image14.png"/>
+                                    <pic:cNvPr id="0" name="image13.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="416433" cy="409716"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -6450,56 +6450,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="392621" cy="392621"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="6" name="image11.png"/>
+                            <wp:docPr id="6" name="image10.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image11.png"/>
+                                    <pic:cNvPr id="0" name="image10.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="392621" cy="392621"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -7778,56 +7778,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="416433" cy="409716"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="5" name="image10.png"/>
+                            <wp:docPr id="5" name="image9.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image10.png"/>
+                                    <pic:cNvPr id="0" name="image9.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="416433" cy="409716"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -8465,56 +8465,56 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:drawing>
                 <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2362200</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>38100</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="723900" cy="485775"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="0" distR="0"/>
-                  <wp:docPr descr="Image result for ant" id="21" name="image3.png"/>
+                  <wp:docPr descr="Image result for ant" id="21" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="Image result for ant" id="0" name="image3.png"/>
+                          <pic:cNvPr descr="Image result for ant" id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect b="17105" l="0" r="0" t="15789"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="723900" cy="485775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
@@ -10819,56 +10819,56 @@
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">__________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5753100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>266700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="588877" cy="595313"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr descr="Image result for dog jump" id="25" name="image9.png"/>
+            <wp:docPr descr="Image result for dog jump" id="25" name="image14.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Image result for dog jump" id="0" name="image9.png"/>
+                    <pic:cNvPr descr="Image result for dog jump" id="0" name="image14.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="588877" cy="595313"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
@@ -12644,51 +12644,51 @@
   <w:style w:type="table" w:styleId="Table21">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table22">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table23">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/GloriaHallelujah-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/PermanentMarker-regular.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>