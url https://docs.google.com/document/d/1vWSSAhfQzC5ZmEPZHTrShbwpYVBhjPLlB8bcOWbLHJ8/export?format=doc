--- v3 (2026-02-25)
+++ v4 (2026-03-02)
@@ -795,56 +795,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="383096" cy="383096"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="12" name="image17.png"/>
+                            <wp:docPr id="12" name="image16.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image17.png"/>
+                                    <pic:cNvPr id="0" name="image16.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="383096" cy="383096"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -3571,56 +3571,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="392621" cy="392621"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="10" name="image15.png"/>
+                            <wp:docPr id="10" name="image14.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image15.png"/>
+                                    <pic:cNvPr id="0" name="image14.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="392621" cy="392621"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -6104,56 +6104,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="416433" cy="409716"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="11" name="image16.png"/>
+                            <wp:docPr id="11" name="image15.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image16.png"/>
+                                    <pic:cNvPr id="0" name="image15.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="416433" cy="409716"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -8465,56 +8465,56 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:drawing>
                 <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2362200</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>38100</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="723900" cy="485775"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="0" distR="0"/>
-                  <wp:docPr descr="Image result for ant" id="21" name="image1.png"/>
+                  <wp:docPr descr="Image result for ant" id="21" name="image2.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="Image result for ant" id="0" name="image1.png"/>
+                          <pic:cNvPr descr="Image result for ant" id="0" name="image2.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect b="17105" l="0" r="0" t="15789"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="723900" cy="485775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
@@ -8541,56 +8541,56 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:drawing>
                 <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2876550</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>200025</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="593019" cy="585788"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-                  <wp:docPr descr="Image result for siblings clip art" id="23" name="image2.png"/>
+                  <wp:docPr descr="Image result for siblings clip art" id="23" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="Image result for siblings clip art" id="0" name="image2.png"/>
+                          <pic:cNvPr descr="Image result for siblings clip art" id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="593019" cy="585788"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
@@ -10819,56 +10819,56 @@
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">__________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5753100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>266700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="588877" cy="595313"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr descr="Image result for dog jump" id="25" name="image14.png"/>
+            <wp:docPr descr="Image result for dog jump" id="25" name="image17.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Image result for dog jump" id="0" name="image14.png"/>
+                    <pic:cNvPr descr="Image result for dog jump" id="0" name="image17.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="588877" cy="595313"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
@@ -12644,51 +12644,51 @@
   <w:style w:type="table" w:styleId="Table21">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table22">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table23">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/GloriaHallelujah-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/PermanentMarker-regular.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>