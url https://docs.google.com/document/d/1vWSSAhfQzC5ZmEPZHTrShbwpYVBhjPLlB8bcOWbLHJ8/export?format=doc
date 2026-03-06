--- v4 (2026-03-02)
+++ v5 (2026-03-06)
@@ -180,56 +180,56 @@
               <w:right w:w="0.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:firstLine="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr/>
               <w:drawing>
                 <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                   <wp:extent cx="500063" cy="500063"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                  <wp:docPr id="22" name="image3.png"/>
+                  <wp:docPr id="22" name="image1.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="image3.png"/>
+                          <pic:cNvPr id="0" name="image1.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId6"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="500063" cy="500063"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
@@ -795,56 +795,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="383096" cy="383096"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="12" name="image16.png"/>
+                            <wp:docPr id="12" name="image17.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image16.png"/>
+                                    <pic:cNvPr id="0" name="image17.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="383096" cy="383096"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -1084,56 +1084,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="335471" cy="335471"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="2" name="image6.png"/>
+                            <wp:docPr id="2" name="image7.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image6.png"/>
+                                    <pic:cNvPr id="0" name="image7.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="335471" cy="335471"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -1293,56 +1293,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="342900" cy="342900"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="8" name="image12.png"/>
+                            <wp:docPr id="8" name="image13.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image12.png"/>
+                                    <pic:cNvPr id="0" name="image13.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="342900" cy="342900"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -1462,56 +1462,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="366713" cy="366713"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="7" name="image11.png"/>
+                            <wp:docPr id="7" name="image12.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image11.png"/>
+                                    <pic:cNvPr id="0" name="image12.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="366713" cy="366713"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -3072,56 +3072,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="392621" cy="392621"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="4" name="image8.png"/>
+                            <wp:docPr id="4" name="image9.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image8.png"/>
+                                    <pic:cNvPr id="0" name="image9.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="392621" cy="392621"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -3363,56 +3363,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="416433" cy="409716"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="9" name="image13.png"/>
+                            <wp:docPr id="9" name="image14.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image13.png"/>
+                                    <pic:cNvPr id="0" name="image14.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="416433" cy="409716"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -3571,56 +3571,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="392621" cy="392621"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="10" name="image14.png"/>
+                            <wp:docPr id="10" name="image15.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image14.png"/>
+                                    <pic:cNvPr id="0" name="image15.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="392621" cy="392621"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -5245,56 +5245,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="404813" cy="404813"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="3" name="image7.png"/>
+                            <wp:docPr id="3" name="image8.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image7.png"/>
+                                    <pic:cNvPr id="0" name="image8.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="404813" cy="404813"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -6104,56 +6104,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="416433" cy="409716"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="11" name="image15.png"/>
+                            <wp:docPr id="11" name="image16.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image15.png"/>
+                                    <pic:cNvPr id="0" name="image16.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="416433" cy="409716"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -6450,56 +6450,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="392621" cy="392621"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="6" name="image10.png"/>
+                            <wp:docPr id="6" name="image11.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image10.png"/>
+                                    <pic:cNvPr id="0" name="image11.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="392621" cy="392621"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -6756,56 +6756,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="404813" cy="432413"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="1" name="image5.png"/>
+                            <wp:docPr id="1" name="image6.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image5.png"/>
+                                    <pic:cNvPr id="0" name="image6.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="404813" cy="432413"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -7778,56 +7778,56 @@
                                         <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000">
                                           <w:pPr>
                                             <w:spacing w:after="0" w:before="0" w:line="240"/>
                                             <w:ind w:left="0" w:right="0" w:firstLine="0"/>
                                             <w:jc w:val="left"/>
                                             <w:textDirection w:val="btLr"/>
                                           </w:pPr>
                                         </w:p>
                                       </w:txbxContent>
                                     </wps:txbx>
                                     <wps:bodyPr anchorCtr="0" anchor="ctr" bIns="91425" lIns="91425" spcFirstLastPara="1" rIns="91425" wrap="square" tIns="91425">
                                       <a:noAutofit/>
                                     </wps:bodyPr>
                                   </wps:wsp>
                                 </wpg:wgp>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Choice>
                       <mc:Fallback>
                         <w:drawing>
                           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
                             <wp:extent cx="416433" cy="409716"/>
                             <wp:effectExtent b="0" l="0" r="0" t="0"/>
-                            <wp:docPr id="5" name="image9.png"/>
+                            <wp:docPr id="5" name="image10.png"/>
                             <a:graphic>
                               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:pic>
                                   <pic:nvPicPr>
-                                    <pic:cNvPr id="0" name="image9.png"/>
+                                    <pic:cNvPr id="0" name="image10.png"/>
                                     <pic:cNvPicPr preferRelativeResize="0"/>
                                   </pic:nvPicPr>
                                   <pic:blipFill>
                                     <a:blip r:embed="rId7"/>
                                     <a:srcRect/>
                                     <a:stretch>
                                       <a:fillRect/>
                                     </a:stretch>
                                   </pic:blipFill>
                                   <pic:spPr>
                                     <a:xfrm>
                                       <a:off x="0" y="0"/>
                                       <a:ext cx="416433" cy="409716"/>
                                     </a:xfrm>
                                     <a:prstGeom prst="rect"/>
                                     <a:ln/>
                                   </pic:spPr>
                                 </pic:pic>
                               </a:graphicData>
                             </a:graphic>
                           </wp:inline>
                         </w:drawing>
                       </mc:Fallback>
                     </mc:AlternateContent>
                   </w:r>
@@ -8465,56 +8465,56 @@
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:drawing>
                 <wp:anchor allowOverlap="1" behindDoc="0" distB="0" distT="0" distL="0" distR="0" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2362200</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>38100</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="723900" cy="485775"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:wrapSquare wrapText="bothSides" distB="0" distT="0" distL="0" distR="0"/>
-                  <wp:docPr descr="Image result for ant" id="21" name="image2.png"/>
+                  <wp:docPr descr="Image result for ant" id="21" name="image4.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="Image result for ant" id="0" name="image2.png"/>
+                          <pic:cNvPr descr="Image result for ant" id="0" name="image4.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId8"/>
                           <a:srcRect b="17105" l="0" r="0" t="15789"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="723900" cy="485775"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
@@ -8541,56 +8541,56 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:rPr/>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:drawing>
                 <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>2876550</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>200025</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="593019" cy="585788"/>
                   <wp:effectExtent b="0" l="0" r="0" t="0"/>
                   <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-                  <wp:docPr descr="Image result for siblings clip art" id="23" name="image1.png"/>
+                  <wp:docPr descr="Image result for siblings clip art" id="23" name="image3.png"/>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
-                          <pic:cNvPr descr="Image result for siblings clip art" id="0" name="image1.png"/>
+                          <pic:cNvPr descr="Image result for siblings clip art" id="0" name="image3.png"/>
                           <pic:cNvPicPr preferRelativeResize="0"/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId9"/>
                           <a:srcRect b="0" l="0" r="0" t="0"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="593019" cy="585788"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect"/>
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
@@ -10819,56 +10819,56 @@
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">__________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>5753100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>266700</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="588877" cy="595313"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr descr="Image result for dog jump" id="25" name="image17.png"/>
+            <wp:docPr descr="Image result for dog jump" id="25" name="image5.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Image result for dog jump" id="0" name="image17.png"/>
+                    <pic:cNvPr descr="Image result for dog jump" id="0" name="image5.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="588877" cy="595313"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000A0">
@@ -11349,56 +11349,56 @@
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">30</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">__________</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:drawing>
           <wp:anchor allowOverlap="1" behindDoc="0" distB="114300" distT="114300" distL="114300" distR="114300" hidden="0" layoutInCell="1" locked="0" relativeHeight="0" simplePos="0">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-104774</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>180975</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="459296" cy="921848"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:wrapSquare wrapText="bothSides" distB="114300" distT="114300" distL="114300" distR="114300"/>
-            <wp:docPr descr="Image result for wind chime" id="24" name="image4.png"/>
+            <wp:docPr descr="Image result for wind chime" id="24" name="image2.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
-                    <pic:cNvPr descr="Image result for wind chime" id="0" name="image4.png"/>
+                    <pic:cNvPr descr="Image result for wind chime" id="0" name="image2.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="459296" cy="921848"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect"/>
                     <a:ln/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="000000B0">
@@ -12644,51 +12644,51 @@
   <w:style w:type="table" w:styleId="Table21">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table22">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table23">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-regular.ttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-bold.ttf"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-italic.ttf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/Ubuntu-boldItalic.ttf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/GloriaHallelujah-regular.ttf"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/PermanentMarker-regular.ttf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>