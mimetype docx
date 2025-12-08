--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -1,30 +1,31 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="image/png" Extension="png"/>
+  <Default ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont" Extension="odttf"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml" PartName="/word/settings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml" PartName="/word/footer1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml" PartName="/word/fontTable.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.theme+xml" PartName="/word/theme/theme1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:background w:color="FFFFFF"/>
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:rPr/>
       </w:pPr>
@@ -63,59 +64,61 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="480" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="428be5"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="428be5"/>
                 <w:sz w:val="36"/>
                 <w:szCs w:val="36"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">단시간근로자 근로계약서</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
@@ -161,50 +164,51 @@
                           <a:ln/>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="9026.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblBorders>
           <w:top w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="000000" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="000000" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0600"/>
@@ -226,50 +230,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="428be5" w:space="0" w:sz="8" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="8" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="auto" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="12"/>
                 <w:szCs w:val="12"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -298,50 +303,51 @@
         <w:t xml:space="preserve">근로자 고영례</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:color w:val="666666"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> (이하 “근로자”라고 한다)은 다음과 같은 조건으로 근로계약을 체결하고, 상호 신의의 원칙하에 이를 성실하게 이행, 준수할 것을 서약하며, 이를 증명하기 위하여 본 계약서를 2부 작성하여 상호 기명날인 후 각 1부씩 보관한다.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000007">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">제1조 (계약기간)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -395,50 +401,51 @@
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">제2조 (근무장소 및 종사할 업무)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="266"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
@@ -504,59 +511,61 @@
         <w:t xml:space="preserve">③ “근로자”는 “사업주”의 사업과 관련하여 “사업주”가 지정하는 업무를 수행하며 “사업주”는 업무내용을 지정함에 있어서 일정한 분야를 포괄적으로 또는 단위업무별로 분할하여 정할 수 있다. 단, “사업주”는 업무의 필요에 따라 “근로자”의 근무장소 및 업무내용을 변경할 수 있다.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">제3조 (근로시간 및 휴게)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table3"/>
         <w:tblW w:w="8100.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblInd w:w="519.0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0400"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1350"/>
         <w:gridCol w:w="1350"/>
         <w:tblGridChange w:id="0">
@@ -613,259 +622,270 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="428be5" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">( )요일</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="428be5" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">( )요일</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="428be5" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">( )요일</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="428be5" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">( )요일</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="428be5" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">( )요일</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="320" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="666666"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="666666"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">근로시간</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
@@ -1054,50 +1074,51 @@
             </w:tcBorders>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:color w:val="666666"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="666666"/>
                 <w:highlight w:val="yellow"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">휴게시간</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
@@ -1434,50 +1455,51 @@
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">제4조 (임금)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="426" w:hanging="126.00000000000001"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -1691,135 +1713,141 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="428be5" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">구 분</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="428be5" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">금 액</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="428be5" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">비 고</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="320" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
@@ -2157,135 +2185,141 @@
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
-                <w:color w:val="666666"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="666666"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="666666"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">연봉</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
-                <w:color w:val="666666"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="666666"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="666666"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">18,000,000원</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="f3f3f3" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="ffffff" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
             <w:shd w:fill="d9d9d9" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="28.0" w:type="dxa"/>
               <w:left w:w="102.0" w:type="dxa"/>
               <w:bottom w:w="28.0" w:type="dxa"/>
               <w:right w:w="102.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
-                <w:color w:val="666666"/>
-[...5 lines deleted...]
-                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:color w:val="666666"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="666666"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">월급여 X 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="300"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
@@ -2334,50 +2368,51 @@
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">제5조 (휴일)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
@@ -2471,50 +2506,51 @@
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">제6조 (휴가)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
@@ -2532,50 +2568,51 @@
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">제7조(수습기간)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="300" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2704,50 +2741,51 @@
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">제8조(책임과 의무)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
@@ -2810,50 +2848,51 @@
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="428be5"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">제9조(기타사항)</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="300" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
@@ -2939,94 +2978,98 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="666666"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="434343"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="434343"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">0000년 00월 00일</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="434343"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="434343"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table5"/>
         <w:tblW w:w="9015.0" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -3047,312 +3090,326 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="380" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="428be5" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">사업주</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="428be5" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">사업체 명</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="380" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="cccccc"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="cccccc"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(인)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">대표이사</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">사업자등록번호</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="380" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">주소 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="434343"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table6"/>
         <w:tblW w:w="9015.0" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
           <w:left w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
           <w:bottom w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
           <w:right w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
           <w:insideH w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
           <w:insideV w:color="d9d9d9" w:space="0" w:sz="8" w:val="single"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
@@ -3373,361 +3430,376 @@
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="380" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="434343" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">근로자</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="434343" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="ffffff"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="380" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="restart"/>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000074">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="cccccc"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="cccccc"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">(인)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000075">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">이름</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000076">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">주민등록번호</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:trHeight w:val="380" w:hRule="atLeast"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:vMerge w:val="continue"/>
             <w:shd w:fill="f3f3f3" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000077">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="2"/>
             <w:shd w:fill="ffffff" w:val="clear"/>
             <w:tcMar>
               <w:top w:w="100.0" w:type="dxa"/>
               <w:left w:w="100.0" w:type="dxa"/>
               <w:bottom w:w="100.0" w:type="dxa"/>
               <w:right w:w="100.0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="top"/>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000078">
             <w:pPr>
               <w:pageBreakBefore w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Arial Unicode MS" w:cs="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:hAnsi="Arial Unicode MS"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:color w:val="434343"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">주소 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007A">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:color w:val="434343"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007B">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1000"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007C">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="666666"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="_fckqqpkveiw8" w:id="2"/>
       <w:bookmarkEnd w:id="2"/>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000007D">
       <w:pPr>
         <w:pageBreakBefore w:val="0"/>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="1000"/>
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:cs="Trebuchet MS" w:eastAsia="Trebuchet MS" w:hAnsi="Trebuchet MS"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="666666"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:headerReference r:id="rId7" w:type="default"/>
       <w:footerReference r:id="rId8" w:type="default"/>
       <w:pgSz w:h="16838" w:w="11906" w:orient="portrait"/>
       <w:pgMar w:bottom="1440" w:top="1701" w:left="1440" w:right="1440" w:header="0" w:footer="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:font w:name="Georgia"/>
   <w:font w:name="Trebuchet MS"/>
   <w:font w:name="Arial Unicode MS"/>
@@ -3848,50 +3920,51 @@
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000082">
     <w:pPr>
       <w:pageBreakBefore w:val="0"/>
       <w:rPr/>
     </w:pPr>
     <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
       <w:rPr>
         <w:rtl w:val="0"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:displayBackgroundShape w:val="1"/>
+  <w:embedTrueTypeFonts w:val="1"/>
   <w:defaultTabStop w:val="720"/>
   <w:compat>
     <w:compatSetting w:val="15" w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word"/>
   </w:compat>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="맑은 고딕" w:cs="맑은 고딕" w:eastAsia="맑은 고딕" w:hAnsi="맑은 고딕"/>
         <w:lang w:val="en-US"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -3899,163 +3972,171 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table3">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>